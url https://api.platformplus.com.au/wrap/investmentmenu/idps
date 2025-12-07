--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Core" sheetId="1" r:id="rId3"/>
     <sheet name="Select" sheetId="2" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2788" uniqueCount="972">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2788" uniqueCount="968">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Total Cost Ratio</t>
   </si>
   <si>
     <t>Ongoing Annual Fees And Costs</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>PDS</t>
   </si>
   <si>
     <t>TMD</t>
   </si>
   <si>
     <t>Alpha Australian Shares SMA</t>
   </si>
   <si>
@@ -272,2691 +272,2679 @@
   <si>
     <t>ETL0032AU</t>
   </si>
   <si>
     <t>0.99</t>
   </si>
   <si>
     <t>0.02</t>
   </si>
   <si>
     <t>abrdn Multi-Asset Real Return A</t>
   </si>
   <si>
     <t>CRS0002AU</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Acadian Wholesale Aus Equity Long Short</t>
   </si>
   <si>
     <t>FSF3982AU</t>
   </si>
   <si>
+    <t>0.77</t>
+  </si>
+  <si>
+    <t>0.25</t>
+  </si>
+  <si>
+    <t>Activex Ardea Real Outcome Bond ETF</t>
+  </si>
+  <si>
+    <t>XARO</t>
+  </si>
+  <si>
+    <t>0.5</t>
+  </si>
+  <si>
+    <t>Alternative Assets</t>
+  </si>
+  <si>
+    <t>Affirmative Global Bond Fund – Class A</t>
+  </si>
+  <si>
+    <t>FSF7298AU</t>
+  </si>
+  <si>
+    <t>0.57</t>
+  </si>
+  <si>
+    <t>0.21</t>
+  </si>
+  <si>
+    <t>International Fixed Interest</t>
+  </si>
+  <si>
+    <t>Allan Gray Australia Equity A</t>
+  </si>
+  <si>
+    <t>ETL0060AU</t>
+  </si>
+  <si>
+    <t>Alphinity Global Equity</t>
+  </si>
+  <si>
+    <t>HOW0164AU</t>
+  </si>
+  <si>
+    <t>1.04</t>
+  </si>
+  <si>
+    <t>Alphinity Sustainable Share</t>
+  </si>
+  <si>
+    <t>HOW0121AU</t>
+  </si>
+  <si>
+    <t>0.95</t>
+  </si>
+  <si>
+    <t>Altrinsic Global Equities Trust</t>
+  </si>
+  <si>
+    <t>ANT0005AU</t>
+  </si>
+  <si>
+    <t>AMP Capital Core Infrastructure A</t>
+  </si>
+  <si>
+    <t>AMP1179AU</t>
+  </si>
+  <si>
+    <t>1.08</t>
+  </si>
+  <si>
+    <t>0.07</t>
+  </si>
+  <si>
+    <t>Listed Infrastructure</t>
+  </si>
+  <si>
+    <t>AMP Capital Core Property A</t>
+  </si>
+  <si>
+    <t>AMP1015AU</t>
+  </si>
+  <si>
+    <t>1.39</t>
+  </si>
+  <si>
+    <t>Property Shares managed investment</t>
+  </si>
+  <si>
+    <t>AMP Capital Corporate Bond A</t>
+  </si>
+  <si>
+    <t>AMP0557AU</t>
+  </si>
+  <si>
+    <t>0.09</t>
+  </si>
+  <si>
+    <t>AMP Capital Global Property Securities A</t>
+  </si>
+  <si>
+    <t>AMP0974AU</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Real Estate Investment Trusts (REITs)</t>
+  </si>
+  <si>
+    <t>AMP Capital W Australian Property</t>
+  </si>
+  <si>
+    <t>NML0001AU</t>
+  </si>
+  <si>
+    <t>1.4</t>
+  </si>
+  <si>
+    <t>Antares Ex-20</t>
+  </si>
+  <si>
+    <t>PPL5308AU</t>
+  </si>
+  <si>
+    <t>1.19</t>
+  </si>
+  <si>
+    <t>0.19</t>
+  </si>
+  <si>
+    <t>Antares Income fund</t>
+  </si>
+  <si>
+    <t>PPL0028AU</t>
+  </si>
+  <si>
+    <t>0.29</t>
+  </si>
+  <si>
+    <t>0.06</t>
+  </si>
+  <si>
+    <t>Antares Prof Dividend Builder</t>
+  </si>
+  <si>
+    <t>PPL0002AU</t>
+  </si>
+  <si>
+    <t>0.6</t>
+  </si>
+  <si>
+    <t>Antares Prof Elite Opportunities</t>
+  </si>
+  <si>
+    <t>PPL0115AU</t>
+  </si>
+  <si>
+    <t>Antares Prof High Growth Shares</t>
+  </si>
+  <si>
+    <t>PPL0106AU</t>
+  </si>
+  <si>
+    <t>1.15</t>
+  </si>
+  <si>
+    <t>Antares Prof Listed Property</t>
+  </si>
+  <si>
+    <t>NFS0209AU</t>
+  </si>
+  <si>
+    <t>0.72</t>
+  </si>
+  <si>
+    <t>Antipodes Asia Fund</t>
+  </si>
+  <si>
+    <t>MAQ0635AU</t>
+  </si>
+  <si>
+    <t>1.2</t>
+  </si>
+  <si>
+    <t>Antipodes Global Fund</t>
+  </si>
+  <si>
+    <t>IOF0045AU</t>
+  </si>
+  <si>
+    <t>0.2</t>
+  </si>
+  <si>
+    <t>Antipodes Global Shares ETF</t>
+  </si>
+  <si>
+    <t>AGX1</t>
+  </si>
+  <si>
+    <t>1.41</t>
+  </si>
+  <si>
+    <t>Ardea Real Outcome Fund</t>
+  </si>
+  <si>
+    <t>HOW0098AU</t>
+  </si>
+  <si>
+    <t>Argo Ord</t>
+  </si>
+  <si>
+    <t>ARG</t>
+  </si>
+  <si>
+    <t>Arrowstreet Global Equity</t>
+  </si>
+  <si>
+    <t>MAQ0464AU</t>
+  </si>
+  <si>
+    <t>1.28</t>
+  </si>
+  <si>
+    <t>Arrowstreet Global Equity Hedged</t>
+  </si>
+  <si>
+    <t>MAQ0079AU</t>
+  </si>
+  <si>
+    <t>Aspect Absolute Return Fund Class A</t>
+  </si>
+  <si>
+    <t>FSF3532AU</t>
+  </si>
+  <si>
+    <t>0.64</t>
+  </si>
+  <si>
+    <t>Aspect Diversified Futures-Class A</t>
+  </si>
+  <si>
+    <t>FSF1086AU</t>
+  </si>
+  <si>
+    <t>2.66</t>
+  </si>
+  <si>
+    <t>Ausbil 130/30 Focus - Wholesale</t>
+  </si>
+  <si>
+    <t>AAP0008AU</t>
+  </si>
+  <si>
+    <t>1.13</t>
+  </si>
+  <si>
+    <t>1.73</t>
+  </si>
+  <si>
+    <t>Ausbil Active Sustainable Equity</t>
+  </si>
+  <si>
+    <t>AAP3940AU</t>
+  </si>
+  <si>
+    <t>Ausbil Australian Active Equity</t>
+  </si>
+  <si>
+    <t>AAP0103AU</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Ausbil Australian Emerging Leaders</t>
+  </si>
+  <si>
+    <t>AAP0104AU</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Australian Ethical Australian Shr WS</t>
+  </si>
+  <si>
+    <t>AUG0018AU</t>
+  </si>
+  <si>
+    <t>Australian Ethical Balanced WS</t>
+  </si>
+  <si>
+    <t>AUG0017AU</t>
+  </si>
+  <si>
+    <t>0.91</t>
+  </si>
+  <si>
+    <t>Australian Ethical Emerging Companies WS</t>
+  </si>
+  <si>
+    <t>AUG0027AU</t>
+  </si>
+  <si>
+    <t>1.49</t>
+  </si>
+  <si>
+    <t>Australian Ethical Fixed Interest WS</t>
+  </si>
+  <si>
+    <t>AUG0023AU</t>
+  </si>
+  <si>
+    <t>0.3</t>
+  </si>
+  <si>
+    <t>Australian Fixed Interest</t>
+  </si>
+  <si>
+    <t>Australian Ethical Intl Shr WS</t>
+  </si>
+  <si>
+    <t>AUG0025AU</t>
+  </si>
+  <si>
+    <t>0.59</t>
+  </si>
+  <si>
+    <t>Australian Foundation InvesCo Ord</t>
+  </si>
+  <si>
+    <t>AFI</t>
+  </si>
+  <si>
+    <t>Australian Unity Property Income Fund</t>
+  </si>
+  <si>
+    <t>YOC0100AU</t>
+  </si>
+  <si>
+    <t>1.14</t>
+  </si>
+  <si>
+    <t>AXA IM Sustainable Equity</t>
+  </si>
+  <si>
+    <t>ETL0171AU</t>
+  </si>
+  <si>
+    <t>0.35</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Glb Stewardship A</t>
+  </si>
+  <si>
+    <t>FSF4018AU</t>
+  </si>
+  <si>
+    <t>Baillie Gifford LT Gbl Growth A</t>
+  </si>
+  <si>
+    <t>FSF5774AU</t>
+  </si>
+  <si>
+    <t>0.97</t>
+  </si>
+  <si>
+    <t>Barrow Hanley Global Share A</t>
+  </si>
+  <si>
+    <t>PER0733AU</t>
+  </si>
+  <si>
+    <t>Bennelong Concentrated Australian Eq</t>
+  </si>
+  <si>
+    <t>BFL0002AU</t>
+  </si>
+  <si>
+    <t>1.53</t>
+  </si>
+  <si>
+    <t>Bennelong ex-20 Australian Equities</t>
+  </si>
+  <si>
+    <t>BFL0004AU</t>
+  </si>
+  <si>
+    <t>1.8</t>
+  </si>
+  <si>
+    <t>Bentham Global Income</t>
+  </si>
+  <si>
+    <t>CSA0038AU</t>
+  </si>
+  <si>
+    <t>Diversified Fixed Interest</t>
+  </si>
+  <si>
+    <t>Bentham Syndicated Loan</t>
+  </si>
+  <si>
+    <t>CSA0046AU</t>
+  </si>
+  <si>
+    <t>0.84</t>
+  </si>
+  <si>
+    <t>BetaShares Active Australian Hybrids ETF</t>
+  </si>
+  <si>
+    <t>HBRD</t>
+  </si>
+  <si>
+    <t>0.56</t>
+  </si>
+  <si>
+    <t>BetaShares Asia Technology Tigers ETF</t>
+  </si>
+  <si>
+    <t>ASIA</t>
+  </si>
+  <si>
+    <t>0.67</t>
+  </si>
+  <si>
+    <t>Betashares Aus Bank Sr Fltng Rt Bd ETF</t>
+  </si>
+  <si>
+    <t>QPON</t>
+  </si>
+  <si>
+    <t>0.22</t>
+  </si>
+  <si>
+    <t>BetaShares Aus Ex-20 Port Divrs ETF</t>
+  </si>
+  <si>
+    <t>EX20</t>
+  </si>
+  <si>
+    <t>BetaShares Aus High Interest Cash ETF</t>
+  </si>
+  <si>
+    <t>AAA</t>
+  </si>
+  <si>
+    <t>0.18</t>
+  </si>
+  <si>
+    <t>Cash (cash managed funds and cash products)</t>
+  </si>
+  <si>
+    <t>BetaShares Aus Inv Grd Corp Bd ETF</t>
+  </si>
+  <si>
+    <t>CRED</t>
+  </si>
+  <si>
+    <t>BetaShares Aus Top 20 Eq Yld Mxmsr ETF</t>
+  </si>
+  <si>
+    <t>YMAX</t>
+  </si>
+  <si>
+    <t>Betashares Aust Mjr Bnk Hyb Idx ETF</t>
+  </si>
+  <si>
+    <t>BHYB</t>
+  </si>
+  <si>
+    <t>Betashares Aust Resources Sector ETF</t>
+  </si>
+  <si>
+    <t>QRE</t>
+  </si>
+  <si>
+    <t>0.34</t>
+  </si>
+  <si>
+    <t>BetaShares Australia 200 ETF</t>
+  </si>
+  <si>
+    <t>A200</t>
+  </si>
+  <si>
+    <t>BetaShares Australian Fincls Sect ETF</t>
+  </si>
+  <si>
+    <t>QFN</t>
+  </si>
+  <si>
+    <t>BetaShares Australian Government Bd ETF</t>
+  </si>
+  <si>
+    <t>AGVT</t>
+  </si>
+  <si>
+    <t>BetaShares Australian Sustnby Ldrs ETF</t>
+  </si>
+  <si>
+    <t>FAIR</t>
+  </si>
+  <si>
+    <t>0.49</t>
+  </si>
+  <si>
+    <t>Betashares ERTH ETF</t>
+  </si>
+  <si>
+    <t>ERTH</t>
+  </si>
+  <si>
+    <t>0.65</t>
+  </si>
+  <si>
+    <t>BetaShares ETFS Physical Gold ETC</t>
+  </si>
+  <si>
+    <t>GOLD</t>
+  </si>
+  <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>BetaShares Geared Australian Equity ETF</t>
+  </si>
+  <si>
+    <t>GEAR</t>
+  </si>
+  <si>
+    <t>2.23</t>
+  </si>
+  <si>
+    <t>BetaShares Geared US Eq Ccy Hdg ETF</t>
+  </si>
+  <si>
+    <t>GGUS</t>
+  </si>
+  <si>
+    <t>0.8</t>
+  </si>
+  <si>
+    <t>BetaShares Global Quality Leaders ETF</t>
+  </si>
+  <si>
+    <t>QLTY</t>
+  </si>
+  <si>
+    <t>Betashares Global Shares Ccy Hdg ETF</t>
+  </si>
+  <si>
+    <t>HGBL</t>
+  </si>
+  <si>
+    <t>0.11</t>
+  </si>
+  <si>
+    <t>BetaShares Global Sstnbty Ldrs ETF</t>
+  </si>
+  <si>
+    <t>ETHI</t>
+  </si>
+  <si>
+    <t>BetaShares Global Sstnbty Ldrs ETF Ccy H</t>
+  </si>
+  <si>
+    <t>HETH</t>
+  </si>
+  <si>
+    <t>0.62</t>
+  </si>
+  <si>
+    <t>BetaShares Gold Bullion ETF Ccy Hedged</t>
+  </si>
+  <si>
+    <t>QAU</t>
+  </si>
+  <si>
+    <t>BetaShares India Quality ETF</t>
+  </si>
+  <si>
+    <t>IIND</t>
+  </si>
+  <si>
+    <t>BetaShares Legg Mason Australian Bd ETF</t>
+  </si>
+  <si>
+    <t>BNDS</t>
+  </si>
+  <si>
+    <t>0.42</t>
+  </si>
+  <si>
+    <t>BetaShares Martin Currie Equity Inc ETF</t>
+  </si>
+  <si>
+    <t>EINC</t>
+  </si>
+  <si>
+    <t>BetaShares Martin Currie Real Income ETF</t>
+  </si>
+  <si>
+    <t>RINC</t>
+  </si>
+  <si>
+    <t>Betashares NASDAQ 100 ETF</t>
+  </si>
+  <si>
+    <t>NDQ</t>
+  </si>
+  <si>
+    <t>BetaShares Sstby Ldrs Dvrs Bd ETF Ccy Hd</t>
+  </si>
+  <si>
+    <t>GBND</t>
+  </si>
+  <si>
+    <t>0.39</t>
+  </si>
+  <si>
+    <t>BetaShares U.S. Trs Bd 20+Yr ETF Ccy H</t>
+  </si>
+  <si>
+    <t>GGOV</t>
+  </si>
+  <si>
+    <t>BlackRock Balanced Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK1918AU</t>
+  </si>
+  <si>
+    <t>0.08</t>
+  </si>
+  <si>
+    <t>BlackRock Conservative Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK6264AU</t>
+  </si>
+  <si>
+    <t>BlackRock Diversified ESG Growth Fund</t>
+  </si>
+  <si>
+    <t>BAR0813AU</t>
+  </si>
+  <si>
+    <t>0.12</t>
+  </si>
+  <si>
+    <t>BlackRock Diversified ESG Stable Fund</t>
+  </si>
+  <si>
+    <t>BAR0811AU</t>
+  </si>
+  <si>
+    <t>BlackRock Global Allocation Fund (Aust)</t>
+  </si>
+  <si>
+    <t>MAL0018AU</t>
+  </si>
+  <si>
+    <t>1.17</t>
+  </si>
+  <si>
+    <t>BlackRock Global Multi-Asset Income Fund (Aust)</t>
+  </si>
+  <si>
+    <t>BLK0009AU</t>
+  </si>
+  <si>
+    <t>0.83</t>
+  </si>
+  <si>
+    <t>BlackRock Growth Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK9560AU</t>
+  </si>
+  <si>
+    <t>BlackRock High Conviction Australian Equity Fund</t>
+  </si>
+  <si>
+    <t>BLK0012AU</t>
+  </si>
+  <si>
+    <t>BlackRock High Growth Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK1596AU</t>
+  </si>
+  <si>
+    <t>BlackRock Moderate Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK3651AU</t>
+  </si>
+  <si>
+    <t>BlackRock Tactical Growth Fund</t>
+  </si>
+  <si>
+    <t>PWA0822AU</t>
+  </si>
+  <si>
+    <t>0.36</t>
+  </si>
+  <si>
+    <t>Candriam Sustainable Global Equity</t>
+  </si>
+  <si>
+    <t>AAP0001AU</t>
+  </si>
+  <si>
+    <t>Capital Group New Perspective Hdg (AU)</t>
+  </si>
+  <si>
+    <t>CIM0008AU</t>
+  </si>
+  <si>
+    <t>0.75</t>
+  </si>
+  <si>
+    <t>CC RWC Global Emerging Markets</t>
+  </si>
+  <si>
+    <t>CHN8850AU</t>
+  </si>
+  <si>
+    <t>1.23</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>Celeste Australian Small Companies</t>
+  </si>
+  <si>
+    <t>FAM0101AU</t>
+  </si>
+  <si>
+    <t>1.32</t>
+  </si>
+  <si>
+    <t>0.96</t>
+  </si>
+  <si>
+    <t>Charter Hall Direct Industrial Fund No 4</t>
+  </si>
+  <si>
+    <t>MAQ0854AU</t>
+  </si>
+  <si>
+    <t>1.9</t>
+  </si>
+  <si>
+    <t>5.38</t>
+  </si>
+  <si>
+    <t>Charter Hall Long WALE Fund</t>
+  </si>
+  <si>
+    <t>MAQ5703AU</t>
+  </si>
+  <si>
+    <t>Charter Hall Maxim Property Securities</t>
+  </si>
+  <si>
+    <t>COL0001AU</t>
+  </si>
+  <si>
+    <t>Daintree Core Income Trust</t>
+  </si>
+  <si>
+    <t>WPC1963AU</t>
+  </si>
+  <si>
+    <t>Dexus AREIT</t>
+  </si>
+  <si>
+    <t>APN0008AU</t>
+  </si>
+  <si>
+    <t>DNR Capital Aus Eq High Conviction R</t>
+  </si>
+  <si>
+    <t>PIM0028AU</t>
+  </si>
+  <si>
+    <t>Eley Griffiths Group Small Companies</t>
+  </si>
+  <si>
+    <t>EGG0001AU</t>
+  </si>
+  <si>
+    <t>Epoch Gbl Eq Shldr Yld Fd Hgd</t>
+  </si>
+  <si>
+    <t>GSF0001AU</t>
+  </si>
+  <si>
+    <t>1.3</t>
+  </si>
+  <si>
+    <t>Epoch Gbl Eq Shldr Yld Fd Uhgd</t>
+  </si>
+  <si>
+    <t>GSF0002AU</t>
+  </si>
+  <si>
+    <t>1.25</t>
+  </si>
+  <si>
+    <t>Fairview Equity Partners Emerging Co</t>
+  </si>
+  <si>
+    <t>ANT0002AU</t>
+  </si>
+  <si>
+    <t>2.35</t>
+  </si>
+  <si>
+    <t>Fidelity Asia</t>
+  </si>
+  <si>
+    <t>FID0010AU</t>
+  </si>
+  <si>
+    <t>1.16</t>
+  </si>
+  <si>
+    <t>Fidelity Australian Equities</t>
+  </si>
+  <si>
+    <t>FID0008AU</t>
+  </si>
+  <si>
+    <t>Fidelity Australian Opportunities</t>
+  </si>
+  <si>
+    <t>FID0021AU</t>
+  </si>
+  <si>
+    <t>Fidelity Future Leaders</t>
+  </si>
+  <si>
+    <t>FID0026AU</t>
+  </si>
+  <si>
+    <t>Fidelity India</t>
+  </si>
+  <si>
+    <t>FID0015AU</t>
+  </si>
+  <si>
+    <t>First Sentier ex-20 Australian Share W</t>
+  </si>
+  <si>
+    <t>PIM1925AU</t>
+  </si>
+  <si>
+    <t>1.66</t>
+  </si>
+  <si>
+    <t>Franklin Australian Absolute Return Bd W</t>
+  </si>
+  <si>
+    <t>FRT0027AU</t>
+  </si>
+  <si>
+    <t>Franklin Global Growth Fund – W Class</t>
+  </si>
+  <si>
+    <t>FRT0009AU</t>
+  </si>
+  <si>
+    <t>Franklin Templeton Global Aggregate Bd W</t>
+  </si>
+  <si>
+    <t>FRT0025AU</t>
+  </si>
+  <si>
+    <t>0.14</t>
+  </si>
+  <si>
+    <t>FSI Cash Fund</t>
+  </si>
+  <si>
+    <t>PIM3425AU</t>
+  </si>
+  <si>
+    <t>FSI Global Listed Infrastructure</t>
+  </si>
+  <si>
+    <t>FSF1241AU</t>
+  </si>
+  <si>
+    <t>FSI Wholesale Geared Share</t>
+  </si>
+  <si>
+    <t>FSF0043AU</t>
+  </si>
+  <si>
+    <t>2.28</t>
+  </si>
+  <si>
+    <t>FSI Wholesale Global Credit Income</t>
+  </si>
+  <si>
+    <t>FSF0084AU</t>
+  </si>
+  <si>
+    <t>0.63</t>
+  </si>
+  <si>
+    <t>FSI Wholesale Global Property Securities</t>
+  </si>
+  <si>
+    <t>FSF0454AU</t>
+  </si>
+  <si>
+    <t>1.02</t>
+  </si>
+  <si>
+    <t>FSSA Asian Growth Fund</t>
+  </si>
+  <si>
+    <t>FSF1773AU</t>
+  </si>
+  <si>
+    <t>FSSA Global Emerg Markets Focus Fund</t>
+  </si>
+  <si>
+    <t>FSF8443AU</t>
+  </si>
+  <si>
+    <t>Global X FANG+ ETF</t>
+  </si>
+  <si>
+    <t>FANG</t>
+  </si>
+  <si>
+    <t>Global X S&amp;P/ASX 200 High Dividend ETF</t>
+  </si>
+  <si>
+    <t>ZYAU</t>
+  </si>
+  <si>
+    <t>0.24</t>
+  </si>
+  <si>
+    <t>Global X Semiconductor ETF</t>
+  </si>
+  <si>
+    <t>SEMI</t>
+  </si>
+  <si>
+    <t>GQG Partners Emerging Markets Equity</t>
+  </si>
+  <si>
+    <t>ETL4207AU</t>
+  </si>
+  <si>
+    <t>GQG Partners Global Equity Fund</t>
+  </si>
+  <si>
+    <t>ETL7377AU</t>
+  </si>
+  <si>
+    <t>Hyperion Australian Growth Companies</t>
+  </si>
+  <si>
+    <t>BNT0003AU</t>
+  </si>
+  <si>
+    <t>Hyperion Global Growth Companies B</t>
+  </si>
+  <si>
+    <t>WHT8435AU</t>
+  </si>
+  <si>
+    <t>1.91</t>
+  </si>
+  <si>
+    <t>Hyperion Global Growth Companies ETF</t>
+  </si>
+  <si>
+    <t>HYGG</t>
+  </si>
+  <si>
+    <t>IFP Global Franchise</t>
+  </si>
+  <si>
+    <t>MAQ0404AU</t>
+  </si>
+  <si>
+    <t>IFP Global Franchise Fund (Hedged)</t>
+  </si>
+  <si>
+    <t>MAQ0631AU</t>
+  </si>
+  <si>
+    <t>Intermede Global Equities Fund</t>
+  </si>
+  <si>
+    <t>PPL0036AU</t>
+  </si>
+  <si>
+    <t>Investors Mutual Equity Income</t>
+  </si>
+  <si>
+    <t>IML0005AU</t>
+  </si>
+  <si>
+    <t>Investors Mutual WS Aus Smaller Co</t>
+  </si>
+  <si>
+    <t>IML0001AU</t>
+  </si>
+  <si>
+    <t>Investors Mutual WS Australian Share</t>
+  </si>
+  <si>
+    <t>IML0002AU</t>
+  </si>
+  <si>
+    <t>Investors Mutual WS Future Leaders</t>
+  </si>
+  <si>
+    <t>IML0003AU</t>
+  </si>
+  <si>
+    <t>Ironbark Paladin Property Securities</t>
+  </si>
+  <si>
+    <t>PAL0002AU</t>
+  </si>
+  <si>
+    <t>iShares 15+ Year Australian Gov Bd ETF</t>
+  </si>
+  <si>
+    <t>ALTB</t>
+  </si>
+  <si>
+    <t>iShares Asia 50 ETF (AU)</t>
+  </si>
+  <si>
+    <t>IAA</t>
+  </si>
+  <si>
+    <t>iShares Australian Bond Index</t>
+  </si>
+  <si>
+    <t>BGL0105AU</t>
+  </si>
+  <si>
+    <t>iShares Australian Equity Index</t>
+  </si>
+  <si>
+    <t>BGL0034AU</t>
+  </si>
+  <si>
+    <t>iShares Australian Listed Property Index</t>
+  </si>
+  <si>
+    <t>BGL0108AU</t>
+  </si>
+  <si>
+    <t>iShares Core Cash ETF</t>
+  </si>
+  <si>
+    <t>BILL</t>
+  </si>
+  <si>
+    <t>iShares Core Composite Bond ETF</t>
+  </si>
+  <si>
+    <t>IAF</t>
+  </si>
+  <si>
+    <t>iShares Core Coprorate Bond</t>
+  </si>
+  <si>
+    <t>ICOR</t>
+  </si>
+  <si>
+    <t>iShares Core FTSE Glb Prpty ExAusAUDHETF</t>
+  </si>
+  <si>
+    <t>GLPR</t>
+  </si>
+  <si>
+    <t>iShares Core FTSE Global Infras AUDH ETF</t>
+  </si>
+  <si>
+    <t>GLIN</t>
+  </si>
+  <si>
+    <t>iShares Core MSCI Australia ESG ETF</t>
+  </si>
+  <si>
+    <t>IESG</t>
+  </si>
+  <si>
+    <t>iShares Core MSCI World All Cap AUDH ETF</t>
+  </si>
+  <si>
+    <t>IHWL</t>
+  </si>
+  <si>
+    <t>iShares Core MSCI World All Cap ETF</t>
+  </si>
+  <si>
+    <t>IWLD</t>
+  </si>
+  <si>
+    <t>iShares Core S&amp;P/ASX 200 ETF</t>
+  </si>
+  <si>
+    <t>IOZ</t>
+  </si>
+  <si>
+    <t>iShares Enhanced Cash ETF</t>
+  </si>
+  <si>
+    <t>ISEC</t>
+  </si>
+  <si>
+    <t>Short Term Fixed Interest</t>
+  </si>
+  <si>
+    <t>iShares ESG Australian Bond Index D</t>
+  </si>
+  <si>
+    <t>BLK2127AU</t>
+  </si>
+  <si>
+    <t>iShares ESG Global Bond Index D</t>
+  </si>
+  <si>
+    <t>BLK4636AU</t>
+  </si>
+  <si>
+    <t>iShares Europe ETF (AU)</t>
+  </si>
+  <si>
+    <t>IEU</t>
+  </si>
+  <si>
+    <t>iShares Global 100 AUD Hedged ETF</t>
+  </si>
+  <si>
+    <t>IHOO</t>
+  </si>
+  <si>
+    <t>0.43</t>
+  </si>
+  <si>
+    <t>iShares Global 100 ETF (AU)</t>
+  </si>
+  <si>
+    <t>IOO</t>
+  </si>
+  <si>
+    <t>iShares Global Aggregate Bd ESG AUDH ETF</t>
+  </si>
+  <si>
+    <t>AESG</t>
+  </si>
+  <si>
+    <t>iShares Global Bond Index</t>
+  </si>
+  <si>
+    <t>BGL0008AU</t>
+  </si>
+  <si>
+    <t>iShares Global Healthcare ETF (AU)</t>
+  </si>
+  <si>
+    <t>IXJ</t>
+  </si>
+  <si>
+    <t>0.41</t>
+  </si>
+  <si>
+    <t>iShares Global High Yield Bond AUDH ETF</t>
+  </si>
+  <si>
+    <t>IHHY</t>
+  </si>
+  <si>
+    <t>0.61</t>
+  </si>
+  <si>
+    <t>iShares Government Inflation ETF</t>
+  </si>
+  <si>
+    <t>ILB</t>
+  </si>
+  <si>
+    <t>iShares Hedged International Equity Idx</t>
+  </si>
+  <si>
+    <t>BGL0044AU</t>
+  </si>
+  <si>
+    <t>iShares International Equity Index</t>
+  </si>
+  <si>
+    <t>BGL0106AU</t>
+  </si>
+  <si>
+    <t>iShares JP Morgan USD EmMkts Bd AUDH ETF</t>
+  </si>
+  <si>
+    <t>IHEB</t>
+  </si>
+  <si>
+    <t>0.53</t>
+  </si>
+  <si>
+    <t>iShares MSCI EAFE ETF (AU)</t>
+  </si>
+  <si>
+    <t>IVE</t>
+  </si>
+  <si>
+    <t>0.32</t>
+  </si>
+  <si>
+    <t>iShares MSCI Emerging Markets ETF AUD</t>
+  </si>
+  <si>
+    <t>IEM</t>
+  </si>
+  <si>
+    <t>0.71</t>
+  </si>
+  <si>
+    <t>iShares MSCI Japan ETF</t>
+  </si>
+  <si>
+    <t>IJP</t>
+  </si>
+  <si>
+    <t>iShares MSCI South Korea ETF</t>
+  </si>
+  <si>
+    <t>IKO</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P 500 AUD Hedged ETF</t>
+  </si>
+  <si>
+    <t>IHVV</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P 500 ETF</t>
+  </si>
+  <si>
+    <t>IVV</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P/ASX 20 ETF</t>
+  </si>
+  <si>
+    <t>ILC</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P/ASX Dividend Opps ETF</t>
+  </si>
+  <si>
+    <t>IHD</t>
+  </si>
+  <si>
+    <t>0.23</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P/ASX Small Ordinaries ETF</t>
+  </si>
+  <si>
+    <t>ISO</t>
+  </si>
+  <si>
+    <t>iShares Treasury ETF</t>
+  </si>
+  <si>
+    <t>IGB</t>
+  </si>
+  <si>
+    <t>iShares Yield Plus ETF</t>
+  </si>
+  <si>
+    <t>IYLD</t>
+  </si>
+  <si>
+    <t>Janus Henderson Australian Fxd Intst</t>
+  </si>
+  <si>
+    <t>IOF0046AU</t>
+  </si>
+  <si>
+    <t>Janus Henderson Tactical Income</t>
+  </si>
+  <si>
+    <t>IOF0145AU</t>
+  </si>
+  <si>
+    <t>Kapstream Absolute Return Income</t>
+  </si>
+  <si>
+    <t>HOW0052AU</t>
+  </si>
+  <si>
+    <t>L1 Long Short Fund</t>
+  </si>
+  <si>
+    <t>LSF</t>
+  </si>
+  <si>
+    <t>Lazard Emerging Markets Equity I</t>
+  </si>
+  <si>
+    <t>LAZ0003AU</t>
+  </si>
+  <si>
+    <t>Lazard Global Equity Franchise</t>
+  </si>
+  <si>
+    <t>LAZ0025AU</t>
+  </si>
+  <si>
+    <t>Lazard Global Listed Infrastructure</t>
+  </si>
+  <si>
+    <t>LAZ0014AU</t>
+  </si>
+  <si>
+    <t>Lazard Select Australian Equity I Cl</t>
+  </si>
+  <si>
+    <t>LAZ0010AU</t>
+  </si>
+  <si>
+    <t>LAZ0005AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Brandywine Glb Oppc Fxd Inc A</t>
+  </si>
+  <si>
+    <t>SSB0014AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Brandywine Global Income Optimiser Fund – Class A</t>
+  </si>
+  <si>
+    <t>SSB0515AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Martin Currie Emerging Markets Fund – Class A</t>
+  </si>
+  <si>
+    <t>ETL0201AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Martin Currie Equity Income Fund – Class A</t>
+  </si>
+  <si>
+    <t>SSB0043AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Martin Currie Real Income A</t>
+  </si>
+  <si>
+    <t>SSB0026AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Western Asset Aus Bd A</t>
+  </si>
+  <si>
+    <t>SSB0122AU</t>
+  </si>
+  <si>
+    <t>Loftus Peak Global Disruption</t>
+  </si>
+  <si>
+    <t>MMC0110AU</t>
+  </si>
+  <si>
+    <t>2.19</t>
+  </si>
+  <si>
+    <t>Loomis Sayles Global share Fund</t>
+  </si>
+  <si>
+    <t>IML0341AU</t>
+  </si>
+  <si>
+    <t>Macquarie Dynamic Bond</t>
+  </si>
+  <si>
+    <t>MAQ0274AU</t>
+  </si>
+  <si>
+    <t>Macquarie Income Opportunities</t>
+  </si>
+  <si>
+    <t>MAQ0277AU</t>
+  </si>
+  <si>
+    <t>Macquarie Int Infrastructure Secs Unhdgd</t>
+  </si>
+  <si>
+    <t>MAQ0825AU</t>
+  </si>
+  <si>
+    <t>1.01</t>
+  </si>
+  <si>
+    <t>Macquarie International Infra Ses</t>
+  </si>
+  <si>
+    <t>MAQ0432AU</t>
+  </si>
+  <si>
+    <t>MAGELLAN ASSET MANAGEMENT LTD AIRLIE AUSTRALIAN SHS AUD</t>
+  </si>
+  <si>
+    <t>AASF</t>
+  </si>
+  <si>
+    <t>0.78</t>
+  </si>
+  <si>
+    <t>Magellan Global</t>
+  </si>
+  <si>
+    <t>MGE0001AU</t>
+  </si>
+  <si>
+    <t>Magellan Global (Hedged)</t>
+  </si>
+  <si>
+    <t>MGE0007AU</t>
+  </si>
+  <si>
+    <t>1.37</t>
+  </si>
+  <si>
+    <t>Magellan Global Equities Currency H ETF</t>
+  </si>
+  <si>
+    <t>MHG</t>
+  </si>
+  <si>
+    <t>Magellan Global Fund/Open Class</t>
+  </si>
+  <si>
+    <t>MGOC</t>
+  </si>
+  <si>
+    <t>Magellan High Conviction ETF</t>
+  </si>
+  <si>
+    <t>MHHT</t>
+  </si>
+  <si>
+    <t>Magellan Infrastructure</t>
+  </si>
+  <si>
+    <t>MGE0002AU</t>
+  </si>
+  <si>
+    <t>Magellan Infrastructure (Unhedged)</t>
+  </si>
+  <si>
+    <t>MGE0006AU</t>
+  </si>
+  <si>
+    <t>1.11</t>
+  </si>
+  <si>
+    <t>Magellan Infrastructure Ccy Hdg ETF</t>
+  </si>
+  <si>
+    <t>MICH</t>
+  </si>
+  <si>
+    <t>Merlon Australian Share Income</t>
+  </si>
+  <si>
+    <t>HBC0011AU</t>
+  </si>
+  <si>
+    <t>MFG Core Infrastructure Fund</t>
+  </si>
+  <si>
+    <t>MGE9182AU</t>
+  </si>
+  <si>
+    <t>MFS Concentrated Global Equity Trust W</t>
+  </si>
+  <si>
+    <t>ETL0172AU</t>
+  </si>
+  <si>
+    <t>MFS Fully Hedged Global Equity Trust</t>
+  </si>
+  <si>
+    <t>ETL0041AU</t>
+  </si>
+  <si>
+    <t>MFS Global Equity Trust</t>
+  </si>
+  <si>
+    <t>MIA0001AU</t>
+  </si>
+  <si>
+    <t>MLC Real Return Assertive A</t>
+  </si>
+  <si>
+    <t>MLC0667AU</t>
+  </si>
+  <si>
+    <t>1.09</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 1 - Bond</t>
+  </si>
+  <si>
+    <t>MLC0669AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 2 - Income</t>
+  </si>
+  <si>
+    <t>MLC0670AU</t>
+  </si>
+  <si>
+    <t>0.82</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 3 - Cons Grwth</t>
+  </si>
+  <si>
+    <t>MLC0398AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 4 - Balanced</t>
+  </si>
+  <si>
+    <t>MLC0260AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 5 - Growth</t>
+  </si>
+  <si>
+    <t>MLC0265AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 6 - Share</t>
+  </si>
+  <si>
+    <t>MLC0397AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 7 - Acc Growth</t>
+  </si>
+  <si>
+    <t>MLC0449AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Index Plus Balanced</t>
+  </si>
+  <si>
+    <t>MLC7387AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Index Plus Conservative Growth</t>
+  </si>
+  <si>
+    <t>MLC7849AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Index Plus Growth</t>
+  </si>
+  <si>
+    <t>MLC9748AU</t>
+  </si>
+  <si>
+    <t>0.16</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Infln Pls - Conservative</t>
+  </si>
+  <si>
+    <t>MLC0921AU</t>
+  </si>
+  <si>
     <t>0.76</t>
   </si>
   <si>
-    <t>0.25</t>
-[...890 lines deleted...]
-    <t>FRT0025AU</t>
+    <t>MLC Wholesale Infln Pls - Moderate</t>
+  </si>
+  <si>
+    <t>MLC0920AU</t>
+  </si>
+  <si>
+    <t>Morningstar Balanced Real Return Fund A</t>
+  </si>
+  <si>
+    <t>INT0028AU</t>
+  </si>
+  <si>
+    <t>Morningstar Growth Real Return Fd - Cl A</t>
+  </si>
+  <si>
+    <t>INT0038AU</t>
+  </si>
+  <si>
+    <t>Morningstar High Growth Rl Ret Fd - Cl A</t>
+  </si>
+  <si>
+    <t>INT0042AU</t>
+  </si>
+  <si>
+    <t>0.69</t>
+  </si>
+  <si>
+    <t>Morningstar Moderate Real Ret Fd - Cl A</t>
+  </si>
+  <si>
+    <t>INT0034AU</t>
   </si>
   <si>
     <t>0.54</t>
   </si>
   <si>
-    <t>0.14</t>
-[...745 lines deleted...]
-  <si>
     <t>Morningstar Multi Asset Rl Ret Fd - Cl A</t>
   </si>
   <si>
     <t>INT0040AU</t>
   </si>
   <si>
+    <t>Mutual Income Fund A</t>
+  </si>
+  <si>
+    <t>PRM0015AU</t>
+  </si>
+  <si>
+    <t>Nikko AM Australian Bond</t>
+  </si>
+  <si>
+    <t>TYN0104AU</t>
+  </si>
+  <si>
+    <t>Nikko AM Australian Share W</t>
+  </si>
+  <si>
+    <t>TYN0028AU</t>
+  </si>
+  <si>
+    <t>Nikko AM Global Share Fund</t>
+  </si>
+  <si>
+    <t>SUN0031AU</t>
+  </si>
+  <si>
+    <t>OC Premium Small Companies</t>
+  </si>
+  <si>
+    <t>OPS0002AU</t>
+  </si>
+  <si>
+    <t>Pendal Fixed Interest</t>
+  </si>
+  <si>
+    <t>RFA0813AU</t>
+  </si>
+  <si>
+    <t>Pendal Focus Australian Share Fund</t>
+  </si>
+  <si>
+    <t>RFA0059AU</t>
+  </si>
+  <si>
+    <t>Pendal Global Emerging Mkts Oppes - WS</t>
+  </si>
+  <si>
+    <t>BTA0419AU</t>
+  </si>
+  <si>
+    <t>Pendal Horizon Fund</t>
+  </si>
+  <si>
+    <t>RFA0025AU</t>
+  </si>
+  <si>
+    <t>Pendal Property Investment</t>
+  </si>
+  <si>
+    <t>RFA0817AU</t>
+  </si>
+  <si>
+    <t>Pendal Property Securities Fund</t>
+  </si>
+  <si>
+    <t>BTA0061AU</t>
+  </si>
+  <si>
+    <t>Pendal Short Term Income Securities Fund</t>
+  </si>
+  <si>
+    <t>WFS0377AU</t>
+  </si>
+  <si>
+    <t>Pendal Smaller Companies</t>
+  </si>
+  <si>
+    <t>RFA0819AU</t>
+  </si>
+  <si>
+    <t>Pendal Sustainable Australian Fixed Income Fund</t>
+  </si>
+  <si>
+    <t>BTA0507AU</t>
+  </si>
+  <si>
+    <t>Pengana Australian Equities Class A</t>
+  </si>
+  <si>
+    <t>PCL0005AU</t>
+  </si>
+  <si>
+    <t>1.62</t>
+  </si>
+  <si>
+    <t>Pengana Emerging Companies</t>
+  </si>
+  <si>
+    <t>PER0270AU</t>
+  </si>
+  <si>
+    <t>2.38</t>
+  </si>
+  <si>
+    <t>Perennial Value Shares Wholesale Trust</t>
+  </si>
+  <si>
+    <t>IOF0206AU</t>
+  </si>
+  <si>
+    <t>Perpetual Wholesale Australian</t>
+  </si>
+  <si>
+    <t>PER0049AU</t>
+  </si>
+  <si>
+    <t>Perpetual Wholesale Balanced Growth</t>
+  </si>
+  <si>
+    <t>PER0063AU</t>
+  </si>
+  <si>
+    <t>0.17</t>
+  </si>
+  <si>
+    <t>Perpetual Wholesale Concentrated Equity</t>
+  </si>
+  <si>
+    <t>PER0102AU</t>
+  </si>
+  <si>
+    <t>Perpetual Wholesale Conservative Growth</t>
+  </si>
+  <si>
+    <t>PER0077AU</t>
+  </si>
+  <si>
+    <t>0.93</t>
+  </si>
+  <si>
+    <t>Perpetual Wholesale Diversified Income</t>
+  </si>
+  <si>
+    <t>PER0260AU</t>
+  </si>
+  <si>
+    <t>Perpetual Wholesale Ethical SRI</t>
+  </si>
+  <si>
+    <t>PER0116AU</t>
+  </si>
+  <si>
+    <t>Perpetual Wholesale Geared Australian</t>
+  </si>
+  <si>
+    <t>PER0071AU</t>
+  </si>
+  <si>
+    <t>2.37</t>
+  </si>
+  <si>
+    <t>Perpetual Wholesale Industrial</t>
+  </si>
+  <si>
+    <t>PER0046AU</t>
+  </si>
+  <si>
+    <t>Perth Mint Gold</t>
+  </si>
+  <si>
+    <t>PMGOLD</t>
+  </si>
+  <si>
+    <t>PIMCO Australian Bond W</t>
+  </si>
+  <si>
+    <t>ETL0015AU</t>
+  </si>
+  <si>
+    <t>PIMCO Australian Short-Term Bond W</t>
+  </si>
+  <si>
+    <t>ETL0182AU</t>
+  </si>
+  <si>
+    <t>PIMCO Diversified Fixed Interest W</t>
+  </si>
+  <si>
+    <t>ETL0016AU</t>
+  </si>
+  <si>
+    <t>PIMCO ESG Global Bond Fund - Wholesale</t>
+  </si>
+  <si>
+    <t>PIC6396AU</t>
+  </si>
+  <si>
+    <t>PIMCO Global Bond W</t>
+  </si>
+  <si>
+    <t>ETL0018AU</t>
+  </si>
+  <si>
+    <t>PIMCO TRENDS Managed Futures Stgy Wholsl</t>
+  </si>
+  <si>
+    <t>PIC9659AU</t>
+  </si>
+  <si>
+    <t>1.96</t>
+  </si>
+  <si>
+    <t>Platinum Asia</t>
+  </si>
+  <si>
+    <t>PLA0004AU</t>
+  </si>
+  <si>
+    <t>1.51</t>
+  </si>
+  <si>
+    <t>0.27</t>
+  </si>
+  <si>
+    <t>Platinum Asia ETF</t>
+  </si>
+  <si>
+    <t>PAXX</t>
+  </si>
+  <si>
+    <t>Platinum Capital Limited</t>
+  </si>
+  <si>
+    <t>PMC</t>
+  </si>
+  <si>
+    <t>Platinum European Fund</t>
+  </si>
+  <si>
+    <t>PLA0001AU</t>
+  </si>
+  <si>
+    <t>Platinum Helathcare</t>
+  </si>
+  <si>
+    <t>PLA0005AU</t>
+  </si>
+  <si>
+    <t>1.35</t>
+  </si>
+  <si>
+    <t>Platinum International Brands Fund</t>
+  </si>
+  <si>
+    <t>PLA0100AU</t>
+  </si>
+  <si>
+    <t>Platinum International ETF</t>
+  </si>
+  <si>
+    <t>PIXX</t>
+  </si>
+  <si>
+    <t>1.48</t>
+  </si>
+  <si>
+    <t>Platinum International Fund</t>
+  </si>
+  <si>
+    <t>PLA0002AU</t>
+  </si>
+  <si>
+    <t>1.38</t>
+  </si>
+  <si>
+    <t>Platinum Japan</t>
+  </si>
+  <si>
+    <t>PLA0003AU</t>
+  </si>
+  <si>
+    <t>Plato Australian Shares Income</t>
+  </si>
+  <si>
+    <t>WHT0039AU</t>
+  </si>
+  <si>
+    <t>Plato Income Maximiser Ltd</t>
+  </si>
+  <si>
+    <t>PL8</t>
+  </si>
+  <si>
+    <t>PM Capital Global Companies</t>
+  </si>
+  <si>
+    <t>PMC0100AU</t>
+  </si>
+  <si>
+    <t>2.22</t>
+  </si>
+  <si>
+    <t>Premium Asia Income</t>
+  </si>
+  <si>
+    <t>MAQ0782AU</t>
+  </si>
+  <si>
+    <t>Quay Global Real Estate Fund</t>
+  </si>
+  <si>
+    <t>BFL0020AU</t>
+  </si>
+  <si>
+    <t>RARE Infrastructure Income</t>
+  </si>
+  <si>
+    <t>TGP0016AU</t>
+  </si>
+  <si>
+    <t>1.03</t>
+  </si>
+  <si>
+    <t>RARE Infrastructure Value Hedged</t>
+  </si>
+  <si>
+    <t>TGP0008AU</t>
+  </si>
+  <si>
+    <t>RARE Infrastructure Value Unhedged</t>
+  </si>
+  <si>
+    <t>TGP0034AU</t>
+  </si>
+  <si>
+    <t>Realindex Australian Share Value-Class A</t>
+  </si>
+  <si>
+    <t>FSF0976AU</t>
+  </si>
+  <si>
+    <t>0.37</t>
+  </si>
+  <si>
+    <t>Realindex Global Share Value-Class A</t>
+  </si>
+  <si>
+    <t>FSF0974AU</t>
+  </si>
+  <si>
+    <t>0.46</t>
+  </si>
+  <si>
+    <t>Resolution Capital Glbl Ppty Secs UH SII</t>
+  </si>
+  <si>
+    <t>IOF0184AU</t>
+  </si>
+  <si>
+    <t>1.05</t>
+  </si>
+  <si>
+    <t>Resolution Capital Global Property Secs</t>
+  </si>
+  <si>
+    <t>WHT0015AU</t>
+  </si>
+  <si>
+    <t>Robeco Emerging Conservative Equity AUD</t>
+  </si>
+  <si>
+    <t>ETL0381AU</t>
+  </si>
+  <si>
+    <t>Russell Inv High Dividend Aus Shrs ETF</t>
+  </si>
+  <si>
+    <t>RDV</t>
+  </si>
+  <si>
+    <t>Schroder Absolute Return Income Fund -WC</t>
+  </si>
+  <si>
+    <t>SCH0103AU</t>
+  </si>
+  <si>
+    <t>Schroder Fixed Income Fund - Wholesale</t>
+  </si>
+  <si>
+    <t>SCH0028AU</t>
+  </si>
+  <si>
+    <t>Schroder Global Value Fund - WC</t>
+  </si>
+  <si>
+    <t>SCH0030AU</t>
+  </si>
+  <si>
+    <t>Schroder Real Return CPI Plus 5% Fnd -WC</t>
+  </si>
+  <si>
+    <t>SCH0047AU</t>
+  </si>
+  <si>
+    <t>0.87</t>
+  </si>
+  <si>
+    <t>Schroder Real Return ETF</t>
+  </si>
+  <si>
+    <t>GROW</t>
+  </si>
+  <si>
+    <t>Schroder Strategic Growth - WC</t>
+  </si>
+  <si>
+    <t>SCH0102AU</t>
+  </si>
+  <si>
+    <t>Schroder WS Australian Equity Fund - WC</t>
+  </si>
+  <si>
+    <t>SCH0101AU</t>
+  </si>
+  <si>
+    <t>SGH Property Income</t>
+  </si>
+  <si>
+    <t>ETL0119AU</t>
+  </si>
+  <si>
+    <t>SPDR® S&amp;P Global Dividend ETF</t>
+  </si>
+  <si>
+    <t>WDIV</t>
+  </si>
+  <si>
+    <t>SPDR® S&amp;P/ASX 50 ETF</t>
+  </si>
+  <si>
+    <t>SFY</t>
+  </si>
+  <si>
+    <t>State Street Australian Equity</t>
+  </si>
+  <si>
+    <t>SST0048AU</t>
+  </si>
+  <si>
+    <t>Stewart Investors Worldwide Sustainability</t>
+  </si>
+  <si>
+    <t>FSF1675AU</t>
+  </si>
+  <si>
+    <t>T. Rowe Price Global Equity (Hedged)</t>
+  </si>
+  <si>
+    <t>ETL0312AU</t>
+  </si>
+  <si>
+    <t>T. Rowe Price Global Equity I</t>
+  </si>
+  <si>
+    <t>ETL0071AU</t>
+  </si>
+  <si>
+    <t>T. Rowe Price Global Impact Equity I</t>
+  </si>
+  <si>
+    <t>ETL6342AU</t>
+  </si>
+  <si>
+    <t>T.Rowe Price Dynamic Global Bd Fd</t>
+  </si>
+  <si>
+    <t>ETL0398AU</t>
+  </si>
+  <si>
+    <t>Talaria Global Equity</t>
+  </si>
+  <si>
+    <t>AUS0035AU</t>
+  </si>
+  <si>
+    <t>UBS Australian Bond Fund</t>
+  </si>
+  <si>
+    <t>SBC0813AU</t>
+  </si>
+  <si>
+    <t>UBS Australian Small Companies Fund</t>
+  </si>
+  <si>
+    <t>UBS0004AU</t>
+  </si>
+  <si>
+    <t>2.02</t>
+  </si>
+  <si>
+    <t>UBS Cash Fund</t>
+  </si>
+  <si>
+    <t>SBC0811AU</t>
+  </si>
+  <si>
+    <t>UBS Clarion Global Infrastructure Securities Fund</t>
+  </si>
+  <si>
+    <t>UBS0064AU</t>
+  </si>
+  <si>
+    <t>UBS Clarion Global Property SecuritiesFd</t>
+  </si>
+  <si>
+    <t>HML0016AU</t>
+  </si>
+  <si>
+    <t>UBS Defensive Investment Fund</t>
+  </si>
+  <si>
+    <t>SBC0814AU</t>
+  </si>
+  <si>
+    <t>0.86</t>
+  </si>
+  <si>
+    <t>UBS Diversified Fixed Income Fund</t>
+  </si>
+  <si>
+    <t>SBC0007AU</t>
+  </si>
+  <si>
+    <t>UBS Emerging Markets Equity Fund</t>
+  </si>
+  <si>
+    <t>UBS8018AU</t>
+  </si>
+  <si>
+    <t>1.33</t>
+  </si>
+  <si>
+    <t>UBS Income Solution Fund</t>
+  </si>
+  <si>
+    <t>UBS0003AU</t>
+  </si>
+  <si>
+    <t>UBS Microcap Fund</t>
+  </si>
+  <si>
+    <t>UBS0057AU</t>
+  </si>
+  <si>
+    <t>VanEck Australian Banks ETF</t>
+  </si>
+  <si>
+    <t>MVB</t>
+  </si>
+  <si>
+    <t>0.28</t>
+  </si>
+  <si>
+    <t>VanEck Australian Corp Bd+ ETF</t>
+  </si>
+  <si>
+    <t>PLUS</t>
+  </si>
+  <si>
+    <t>VanEck Australian Fltng Rt ETF</t>
+  </si>
+  <si>
+    <t>FLOT</t>
+  </si>
+  <si>
+    <t>VanEck Australian Sbdntd Dbt ETF</t>
+  </si>
+  <si>
+    <t>SUBD</t>
+  </si>
+  <si>
+    <t>VanEck China New Economy ETF</t>
+  </si>
+  <si>
+    <t>CNEW</t>
+  </si>
+  <si>
+    <t>VanEck FTSE Intl Prop (AUD Hdg) ETF</t>
+  </si>
+  <si>
+    <t>REIT</t>
+  </si>
+  <si>
+    <t>VanEck Global Hlthcr Ldrs ETF</t>
+  </si>
+  <si>
+    <t>HLTH</t>
+  </si>
+  <si>
+    <t>VanEck MSCI Intl Sm Com Qual ETF</t>
+  </si>
+  <si>
+    <t>QSML</t>
+  </si>
+  <si>
+    <t>VanEck MSCI Mltfac EmMkts Eq ETF</t>
+  </si>
+  <si>
+    <t>EMKT</t>
+  </si>
+  <si>
+    <t>VanEck S&amp;P/ASX MidCap ETF</t>
+  </si>
+  <si>
+    <t>MVE</t>
+  </si>
+  <si>
+    <t>VanEck Vectors Australian Equal Wt ETF</t>
+  </si>
+  <si>
+    <t>MVW</t>
+  </si>
+  <si>
+    <t>VanEck Vectors Australian Property ETF</t>
+  </si>
+  <si>
+    <t>MVA</t>
+  </si>
+  <si>
+    <t>VanEck Vectors FTSE Glbl Infras(Hdg)ETF</t>
+  </si>
+  <si>
+    <t>IFRA</t>
+  </si>
+  <si>
+    <t>VanEck Vectors MSCI AUS Sust Eq ETF</t>
+  </si>
+  <si>
+    <t>GRNV</t>
+  </si>
+  <si>
+    <t>VanEck Vectors MSCI Intl Sust Eq ETF</t>
+  </si>
+  <si>
+    <t>ESGI</t>
+  </si>
+  <si>
+    <t>VanEck Vectors MSCI Wld ex Aus Qlty ETF</t>
+  </si>
+  <si>
+    <t>QUAL</t>
+  </si>
+  <si>
+    <t>VanEck Vectors MSCI Wld ex AUS Qul H ETF</t>
+  </si>
+  <si>
+    <t>QHAL</t>
+  </si>
+  <si>
+    <t>Vanguard All-World ex-US Shares ETF</t>
+  </si>
+  <si>
+    <t>VEU</t>
+  </si>
+  <si>
+    <t>Vanguard Aust Corporate Fixed Interest</t>
+  </si>
+  <si>
+    <t>VAN0065AU</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Corp Fxd Intr ETF</t>
+  </si>
+  <si>
+    <t>VACF</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Fixed Interest ETF</t>
+  </si>
+  <si>
+    <t>VAF</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Fixed Interest Index</t>
+  </si>
+  <si>
+    <t>VAN0001AU</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Government Bond ETF</t>
+  </si>
+  <si>
+    <t>VGB</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Property Secs ETF</t>
+  </si>
+  <si>
+    <t>VAP</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Shares ETF</t>
+  </si>
+  <si>
+    <t>VAS</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Shares High Yield</t>
+  </si>
+  <si>
+    <t>VAN0104AU</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Shares High Yld ETF</t>
+  </si>
+  <si>
+    <t>VHY</t>
+  </si>
+  <si>
+    <t>Vanguard Australian Shares Index</t>
+  </si>
+  <si>
+    <t>VAN0002AU</t>
+  </si>
+  <si>
+    <t>Vanguard Balanced Index Fund</t>
+  </si>
+  <si>
+    <t>VAN0108AU</t>
+  </si>
+  <si>
+    <t>Vanguard Conservative Index</t>
+  </si>
+  <si>
+    <t>VAN0109AU</t>
+  </si>
+  <si>
+    <t>Vanguard Diversified Balanced ETF</t>
+  </si>
+  <si>
+    <t>VDBA</t>
+  </si>
+  <si>
+    <t>Vanguard Diversified Bond Index</t>
+  </si>
+  <si>
+    <t>VAN0042AU</t>
+  </si>
+  <si>
+    <t>Vanguard Diversified Conservative ETF</t>
+  </si>
+  <si>
+    <t>VDCO</t>
+  </si>
+  <si>
+    <t>Vanguard Diversified Growth ETF</t>
+  </si>
+  <si>
+    <t>VDGR</t>
+  </si>
+  <si>
+    <t>Vanguard Diversified High Growth ETF</t>
+  </si>
+  <si>
+    <t>VDHG</t>
+  </si>
+  <si>
+    <t>Vanguard Emerging Markets Shares Index</t>
+  </si>
+  <si>
+    <t>VAN0005AU</t>
+  </si>
+  <si>
+    <t>Vanguard Etclly Cons Gbl Aggt Bd H ETF</t>
+  </si>
+  <si>
+    <t>VEFI</t>
+  </si>
+  <si>
+    <t>0.26</t>
+  </si>
+  <si>
+    <t>Vanguard Etclly Cons Intl Shrs ETF</t>
+  </si>
+  <si>
+    <t>VESG</t>
+  </si>
+  <si>
+    <t>Vanguard Ethically Cons Intl Shrs Idx</t>
+  </si>
+  <si>
+    <t>VAN8175AU</t>
+  </si>
+  <si>
+    <t>Vanguard FTSE Emerging Markets Shrs ETF</t>
+  </si>
+  <si>
+    <t>VGE</t>
+  </si>
+  <si>
+    <t>Vanguard FTSE Europe Shares ETF</t>
+  </si>
+  <si>
+    <t>VEQ</t>
+  </si>
+  <si>
+    <t>Vanguard Global Agg Bd Indx Fd (Hdg)</t>
+  </si>
+  <si>
+    <t>VAN9309AU</t>
+  </si>
+  <si>
+    <t>Vanguard Global Aggregate Bd Hdg ETF</t>
+  </si>
+  <si>
+    <t>VBND</t>
+  </si>
+  <si>
+    <t>Vanguard Global Infrastructure ETF</t>
+  </si>
+  <si>
+    <t>VBLD</t>
+  </si>
+  <si>
+    <t>0.47</t>
+  </si>
+  <si>
+    <t>Vanguard Global Infrastructure Index</t>
+  </si>
+  <si>
+    <t>VAN0023AU</t>
+  </si>
+  <si>
+    <t>Vanguard Global Infrastructure Index Hgd</t>
+  </si>
+  <si>
+    <t>VAN0024AU</t>
+  </si>
+  <si>
+    <t>Vanguard Global Value Equity Fund</t>
+  </si>
+  <si>
+    <t>VVLU</t>
+  </si>
+  <si>
+    <t>Vanguard Growth Index</t>
+  </si>
+  <si>
+    <t>VAN0110AU</t>
+  </si>
+  <si>
+    <t>Vanguard High Growth Index</t>
+  </si>
+  <si>
+    <t>VAN0111AU</t>
+  </si>
+  <si>
+    <t>Vanguard Index Australian Property Secs</t>
+  </si>
+  <si>
+    <t>VAN0004AU</t>
+  </si>
+  <si>
+    <t>Vanguard Index Hedged International Shrs</t>
+  </si>
+  <si>
+    <t>VAN0105AU</t>
+  </si>
+  <si>
+    <t>Vanguard International Crdt Secs Idx Hdg</t>
+  </si>
+  <si>
+    <t>VAN0106AU</t>
+  </si>
+  <si>
+    <t>Vanguard International Fxd Intr Idx Hdg</t>
+  </si>
+  <si>
+    <t>VAN0103AU</t>
+  </si>
+  <si>
+    <t>Vanguard International Property Secs Idx</t>
+  </si>
+  <si>
+    <t>VAN0018AU</t>
+  </si>
+  <si>
+    <t>Vanguard International Prpty Secs IdxHdg</t>
+  </si>
+  <si>
+    <t>VAN0019AU</t>
+  </si>
+  <si>
+    <t>Vanguard International Shares Index</t>
+  </si>
+  <si>
+    <t>VAN0003AU</t>
+  </si>
+  <si>
+    <t>Vanguard Intl Credit Secs (Hdg) ETF</t>
+  </si>
+  <si>
+    <t>VCF</t>
+  </si>
+  <si>
+    <t>Vanguard Intl Fxd Intr (Hdg) ETF</t>
+  </si>
+  <si>
+    <t>VIF</t>
+  </si>
+  <si>
+    <t>Vanguard MSCI Australian Small Coms ETF</t>
+  </si>
+  <si>
+    <t>VSO</t>
+  </si>
+  <si>
+    <t>Vanguard MSCI Intl (Hdg) ETF</t>
+  </si>
+  <si>
+    <t>VGAD</t>
+  </si>
+  <si>
+    <t>Vanguard MSCI Intl ETF</t>
+  </si>
+  <si>
+    <t>VGS</t>
+  </si>
+  <si>
+    <t>Vanguard US Total Market Shares ETF</t>
+  </si>
+  <si>
+    <t>VTS</t>
+  </si>
+  <si>
+    <t>Walter Scott Global Equity</t>
+  </si>
+  <si>
+    <t>MAQ0410AU</t>
+  </si>
+  <si>
+    <t>Walter Scott Global Equity Hedged</t>
+  </si>
+  <si>
+    <t>MAQ0557AU</t>
+  </si>
+  <si>
+    <t>Winton Global Alpha</t>
+  </si>
+  <si>
+    <t>MAQ0482AU</t>
+  </si>
+  <si>
+    <t>2.07</t>
+  </si>
+  <si>
+    <t>Yarra Australian Equities Fund</t>
+  </si>
+  <si>
+    <t>JBW0009AU</t>
+  </si>
+  <si>
+    <t>Yarra Capital - Enhanced Yield fund</t>
+  </si>
+  <si>
+    <t>JBW0018AU</t>
+  </si>
+  <si>
+    <t>Yarra Ex-20 Australian Equities Fund</t>
+  </si>
+  <si>
+    <t>JBW0052AU</t>
+  </si>
+  <si>
+    <t>Zurich Investments Aus Property Secs</t>
+  </si>
+  <si>
+    <t>ZUR0064AU</t>
+  </si>
+  <si>
     <t>0.81</t>
-  </si>
-[...985 lines deleted...]
-    <t>ZUR0064AU</t>
   </si>
   <si>
     <t>Zurich Investments Concentrated Glbl Gr</t>
   </si>
   <si>
     <t>ZUR0617AU</t>
   </si>
   <si>
     <t>Zurich Investments Global Growth</t>
   </si>
   <si>
     <t>ZUR0580AU</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="177" formatCode="dd/MM/yyyy"/>
   </numFmts>
   <fonts count="4">
@@ -3455,51 +3443,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Moderate_Fund_TMD_230118-1.pdf" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL9255AU" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_High_Growth_Fund_TMD_230118-2.pdf" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6153AU" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Growth_Fund_TMD_230118.pdf" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4308AU" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Balanced_Fund_TMD_230118.pdf" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL3086AU" TargetMode="External" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0404AU" TargetMode="External" /><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0002AU" TargetMode="External" /><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0034AU" TargetMode="External" /><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHWL" TargetMode="External" /><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0021AU" TargetMode="External" /><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0009AU" TargetMode="External" /><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0084AU" TargetMode="External" /><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SEMI" TargetMode="External" /><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0003AU" TargetMode="External" /><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0016AU" TargetMode="External" /><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0063AU" TargetMode="External" /><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0071AU" TargetMode="External" /><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIC6396AU" TargetMode="External" /><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0001AU" TargetMode="External" /><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0034AU" TargetMode="External" /><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SUN0031AU" TargetMode="External" /><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0025AU" TargetMode="External" /><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0507AU" TargetMode="External" /><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PMC0100AU" TargetMode="External" /><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0009AU" TargetMode="External" /><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0580AU" TargetMode="External" /><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0077AU" TargetMode="External" /><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0015AU" TargetMode="External" /><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIC9659AU" TargetMode="External" /><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0100AU" TargetMode="External" /><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PRM0015AU" TargetMode="External" /><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0813AU" TargetMode="External" /><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0061AU" TargetMode="External" /><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0270AU" TargetMode="External" /><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VESG" TargetMode="External" /><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0023AU" TargetMode="External" /><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0105AU" TargetMode="External" /><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0003AU" TargetMode="External" /><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LSF" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK0012AU" TargetMode="External" /><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGB" TargetMode="External" /><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0109AU" TargetMode="External" /><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0811AU" TargetMode="External" /><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS8018AU" TargetMode="External" /><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CNEW" TargetMode="External" /><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ESGI" TargetMode="External" /><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT0015AU" TargetMode="External" /><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0030AU" TargetMode="External" /><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ANT0002AU" TargetMode="External" /><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6342AU" TargetMode="External" /><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WPC1963AU" TargetMode="External" /><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GSF0002AU" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RINC" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BAR0811AU" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK1596AU" TargetMode="External" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CHN8850AU" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0171AU" TargetMode="External" /><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/APN0008AU" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRED" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GEAR" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GBND" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAL0018AU" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK3651AU" TargetMode="External" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FAM0101AU" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF4018AU" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0038AU" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BHYB" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QLTY" TargetMode="External" /><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0005AU" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0046AU" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CIM0008AU" TargetMode="External" /><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0001AU" TargetMode="External" /><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAP" TargetMode="External" /><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0109AU" TargetMode="External" /><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0811AU" TargetMode="External" /><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS8018AU" TargetMode="External" /><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/REIT" TargetMode="External" /><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QUAL" TargetMode="External" /><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT0015AU" TargetMode="External" /><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0047AU" TargetMode="External" /><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SFY" TargetMode="External" /><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL6342AU" TargetMode="External" /><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLUS" TargetMode="External" /><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGOC" TargetMode="External" /><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VIF" TargetMode="External" /><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0482AU" TargetMode="External" /><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0617AU" TargetMode="External" /><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0042AU" TargetMode="External" /><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGE" TargetMode="External" /><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VVLU" TargetMode="External" /><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0106AU" TargetMode="External" /><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT8435AU" TargetMode="External" /><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0001AU" TargetMode="External" /><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0105AU" TargetMode="External" /><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GLIN" TargetMode="External" /><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0008AU" TargetMode="External" /><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0027AU" TargetMode="External" /><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IJP" TargetMode="External" /><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FANG" TargetMode="External" /><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0036AU" TargetMode="External" /><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PAL0002AU" TargetMode="External" /><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BILL" TargetMode="External" /><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK2127AU" TargetMode="External" /><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0015AU" TargetMode="External" /><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM3425AU" TargetMode="External" /><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1773AU" TargetMode="External" /><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL7377AU" TargetMode="External" /><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0006AU" TargetMode="External" /><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIXX" TargetMode="External" /><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0782AU" TargetMode="External" /><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0206AU" TargetMode="External" /><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0260AU" TargetMode="External" /><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0182AU" TargetMode="External" /><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0004AU" TargetMode="External" /><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0038AU" TargetMode="External" /><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TYN0104AU" TargetMode="External" /><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0059AU" TargetMode="External" /><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WFS0377AU" TargetMode="External" /><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/OPS0002AU" TargetMode="External" /><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TYN0028AU" TargetMode="External" /><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE9182AU" TargetMode="External" /><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0260AU" TargetMode="External" /><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC7849AU" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP1015AU" TargetMode="External" /><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0274AU" TargetMode="External" /><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0001AU" TargetMode="External" /><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MICH" TargetMode="External" /><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MIA0001AU" TargetMode="External" /><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHVV" TargetMode="External" /><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0145AU" TargetMode="External" /><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0010AU" TargetMode="External" /><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0043AU" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0121AU" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ANT0005AU" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0004AU" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/A200" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0002AU" TargetMode="External" /><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VACF" TargetMode="External" /><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0002AU" TargetMode="External" /><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0813AU" TargetMode="External" /><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0814AU" TargetMode="External" /><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVB" TargetMode="External" /><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVW" TargetMode="External" /><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0974AU" TargetMode="External" /><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0103AU" TargetMode="External" /><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0101AU" TargetMode="External" /><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0312AU" TargetMode="External" /><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0817AU" TargetMode="External" /><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0419AU" TargetMode="External" /><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0669AU" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0045AU" TargetMode="External" /><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL7377AU" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAA" TargetMode="External" /><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC9748AU" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EX20" TargetMode="External" /><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IKO" TargetMode="External" /><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0003AU" TargetMode="External" /><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0020AU" TargetMode="External" /><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0043AU" TargetMode="External" /><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0063AU" TargetMode="External" /><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0071AU" TargetMode="External" /><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0016AU" TargetMode="External" /><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PMC" TargetMode="External" /><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0034AU" TargetMode="External" /><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SUN0031AU" TargetMode="External" /><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0052AU" TargetMode="External" /><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0507AU" TargetMode="External" /><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEFI" TargetMode="External" /><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0023AU" TargetMode="External" /><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0004AU" TargetMode="External" /><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0019AU" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EQI0028AU" TargetMode="External" /><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGAD" TargetMode="External" /><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0008AU" TargetMode="External" /><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IVE" TargetMode="External" /><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0631AU" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0131AU" TargetMode="External" /><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0108AU" TargetMode="External" /><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOZ" TargetMode="External" /><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0026AU" TargetMode="External" /><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0025AU" TargetMode="External" /><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0454AU" TargetMode="External" /><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL4207AU" TargetMode="External" /><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ISO" TargetMode="External" /><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0557AU" TargetMode="External" /><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0003AU" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0045AU" TargetMode="External" /><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WDIV" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GOLD" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ERTH" TargetMode="External" /><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0145AU" TargetMode="External" /><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0854AU" TargetMode="External" /><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM0028AU" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HETH" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK1918AU" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK0009AU" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PWA0822AU" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0025AU" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0733AU" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HBRD" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QFN" TargetMode="External" /><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0397AU" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP3940AU" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0103AU" TargetMode="External" /><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0825AU" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1086AU" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0008AU" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0008AU" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP3940AU" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0079AU" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF3532AU" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF3532AU" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1086AU" TargetMode="External" /><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0003AU" TargetMode="External" /><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0001AU" TargetMode="External" /><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0108AU" TargetMode="External" /><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0004AU" TargetMode="External" /><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0007AU" TargetMode="External" /><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FLOT" TargetMode="External" /><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IFRA" TargetMode="External" /><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0184AU" TargetMode="External" /><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0028AU" TargetMode="External" /><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0119AU" TargetMode="External" /><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0071AU" TargetMode="External" /><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0064AU" TargetMode="External" /><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAS" TargetMode="External" /><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDBA" TargetMode="External" /><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0064AU" TargetMode="External" /><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0003AU" TargetMode="External" /><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HLTH" TargetMode="External" /><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QHAL" TargetMode="External" /><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0381AU" TargetMode="External" /><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0047AU" TargetMode="External" /><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SST0048AU" TargetMode="External" /><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0398AU" TargetMode="External" /><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0100AU" TargetMode="External" /><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0036AU" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FAM0101AU" TargetMode="External" /><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0014AU" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ACM0009AU" TargetMode="External" /><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK4636AU" TargetMode="External" /><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0044AU" TargetMode="External" /><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0009AU" TargetMode="External" /><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT8435AU" TargetMode="External" /><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0005AU" TargetMode="External" /><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IAA" TargetMode="External" /><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GLPR" TargetMode="External" /><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0010AU" TargetMode="External" /><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM1925AU" TargetMode="External" /><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1241AU" TargetMode="External" /><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF8443AU" TargetMode="External" /><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WPC1963AU" TargetMode="External" /><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0014AU" TargetMode="External" /><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT0039AU" TargetMode="External" /><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0016AU" TargetMode="External" /><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0515AU" TargetMode="External" /><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0102AU" TargetMode="External" /><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0046AU" TargetMode="External" /><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIC6396AU" TargetMode="External" /><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0001AU" TargetMode="External" /><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0040AU" TargetMode="External" /><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VTS" TargetMode="External" /><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0018AU" TargetMode="External" /><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PCL0005AU" TargetMode="External" /><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0206AU" TargetMode="External" /><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VBND" TargetMode="External" /><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0111AU" TargetMode="External" /><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0018AU" TargetMode="External" /><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0038AU" TargetMode="External" /><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TYN0104AU" TargetMode="External" /><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0059AU" TargetMode="External" /><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WFS0377AU" TargetMode="External" /><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDGR" TargetMode="External" /><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN9309AU" TargetMode="External" /><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0110AU" TargetMode="External" /><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0103AU" TargetMode="External" /><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0557AU" TargetMode="External" /><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0064AU" TargetMode="External" /><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN8175AU" TargetMode="External" /><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0024AU" TargetMode="External" /><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0105AU" TargetMode="External" /><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0003AU" TargetMode="External" /><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/APN0008AU" TargetMode="External" /><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PMC0100AU" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF7298AU" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF7298AU" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CRS0002AU" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF3982AU" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF3982AU" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/XARO" TargetMode="External" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0131AU" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0032AU" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0032AU" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRS0002AU" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP1179AU" TargetMode="External" /><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/GSF0002AU" TargetMode="External" /><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0122AU" TargetMode="External" /><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0580AU" TargetMode="External" /><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/COL0001AU" TargetMode="External" /><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/GSF0001AU" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EINC" TargetMode="External" /><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0265AU" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK0012AU" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CIM0008AU" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0171AU" TargetMode="External" /><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0277AU" TargetMode="External" /><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0007AU" TargetMode="External" /><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HBC0011AU" TargetMode="External" /><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0667AU" TargetMode="External" /><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ILC" TargetMode="External" /><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC7387AU" TargetMode="External" /><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0005AU" TargetMode="External" /><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0026AU" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF4018AU" TargetMode="External" /><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AASF" TargetMode="External" /><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0006AU" TargetMode="External" /><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0041AU" TargetMode="External" /><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0398AU" TargetMode="External" /><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0046AU" TargetMode="External" /><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0014AU" TargetMode="External" /><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0201AU" TargetMode="External" /><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0341AU" TargetMode="External" /><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0065AU" TargetMode="External" /><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0104AU" TargetMode="External" /><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUS0035AU" TargetMode="External" /><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HML0016AU" TargetMode="External" /><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0057AU" TargetMode="External" /><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EMKT" TargetMode="External" /><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0976AU" TargetMode="External" /><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RDV" TargetMode="External" /><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0102AU" TargetMode="External" /><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1675AU" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0164AU" TargetMode="External" /><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK2127AU" TargetMode="External" /><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHHY" TargetMode="External" /><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BNT0003AU" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CRS0005AU" TargetMode="External" /><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PAL0002AU" TargetMode="External" /><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IAF" TargetMode="External" /><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ANT0002AU" TargetMode="External" /><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AESG" TargetMode="External" /><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM3425AU" TargetMode="External" /><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1773AU" TargetMode="External" /><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0404AU" TargetMode="External" /><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0002AU" TargetMode="External" /><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0034AU" TargetMode="External" /><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IWLD" TargetMode="External" /><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0021AU" TargetMode="External" /><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0009AU" TargetMode="External" /><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0084AU" TargetMode="External" /><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4207AU" TargetMode="External" /><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0002AU" TargetMode="External" /><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0782AU" TargetMode="External" /><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0049AU" TargetMode="External" /><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0116AU" TargetMode="External" /><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0182AU" TargetMode="External" /><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0004AU" TargetMode="External" /><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0042AU" TargetMode="External" /><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TYN0028AU" TargetMode="External" /><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0419AU" TargetMode="External" /><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0819AU" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0733AU" TargetMode="External" /><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC9748AU" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6153AU" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Moderate_Fund_TMD_230118-1.pdf" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_High_Growth_Fund_TMD_230118-2.pdf" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL5308AU" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0028AU" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP0974AU" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/NML0001AU" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/NML0001AU" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL5308AU" TargetMode="External" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP1015AU" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP0557AU" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP0557AU" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP0974AU" TargetMode="External" /><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0397AU" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK1918AU" TargetMode="External" /><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0015AU" TargetMode="External" /><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0065AU" TargetMode="External" /><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VHY" TargetMode="External" /><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUS0035AU" TargetMode="External" /><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HML0016AU" TargetMode="External" /><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0057AU" TargetMode="External" /><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVE" TargetMode="External" /><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0976AU" TargetMode="External" /><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0103AU" TargetMode="External" /><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0102AU" TargetMode="External" /><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1675AU" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HGBL" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GGOV" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAL0018AU" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK3651AU" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0023AU" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF5774AU" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0046AU" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QRE" TargetMode="External" /><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0449AU" TargetMode="External" /><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0920AU" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0004AU" TargetMode="External" /><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0432AU" TargetMode="External" /><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0002AU" TargetMode="External" /><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0172AU" TargetMode="External" /><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0670AU" TargetMode="External" /><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IYLD" TargetMode="External" /><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0025AU" TargetMode="External" /><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0515AU" TargetMode="External" /><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MMC0110AU" TargetMode="External" /><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0025AU" TargetMode="External" /><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0026AU" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/NDQ" TargetMode="External" /><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0260AU" TargetMode="External" /><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0921AU" TargetMode="External" /><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0260AU" TargetMode="External" /><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VSO" TargetMode="External" /><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGS" TargetMode="External" /><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0018AU" TargetMode="External" /><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDHG" TargetMode="External" /><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN9309AU" TargetMode="External" /><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0111AU" TargetMode="External" /><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0018AU" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0121AU" TargetMode="External" /><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHOO" TargetMode="External" /><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0106AU" TargetMode="External" /><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HYGG" TargetMode="External" /><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0001AU" TargetMode="External" /><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0105AU" TargetMode="External" /><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IESG" TargetMode="External" /><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0008AU" TargetMode="External" /><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0027AU" TargetMode="External" /><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0043AU" TargetMode="External" /><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZYAU" TargetMode="External" /><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IXJ" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BAR0811AU" TargetMode="External" /><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PL8" TargetMode="External" /><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0008AU" TargetMode="External" /><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0077AU" TargetMode="External" /><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PMGOLD" TargetMode="External" /><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0018AU" TargetMode="External" /><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0005AU" TargetMode="External" /><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PRM0015AU" TargetMode="External" /><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0813AU" TargetMode="External" /><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0061AU" TargetMode="External" /><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0270AU" TargetMode="External" /><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0015AU" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRS0005AU" TargetMode="External" /><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0052AU" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0464AU" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0079AU" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0098AU" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0098AU" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ARG" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0464AU" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0635AU" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0027AU" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0023AU" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AGX1" TargetMode="External" /><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0277AU" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0018AU" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0017AU" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0017AU" TargetMode="External" /><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHD" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0103AU" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0104AU" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0104AU" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0018AU" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK1596AU" TargetMode="External" /><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAF" TargetMode="External" /><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0002AU" TargetMode="External" /><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0813AU" TargetMode="External" /><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0814AU" TargetMode="External" /><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0034AU" TargetMode="External" /><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVA" TargetMode="External" /><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0974AU" TargetMode="External" /><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0028AU" TargetMode="External" /><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0101AU" TargetMode="External" /><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0312AU" TargetMode="External" /><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ5703AU" TargetMode="External" /><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/EGG0001AU" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IIND" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK6264AU" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK9560AU" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0001AU" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/YOC0100AU" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0002AU" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QPON" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FAIR" TargetMode="External" /><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIC9659AU" TargetMode="External" /><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/COL0001AU" TargetMode="External" /><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IEU" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ACM0006AU" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ANT0005AU" TargetMode="External" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CHN8850AU" TargetMode="External" /><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT0039AU" TargetMode="External" /><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0008AU" TargetMode="External" /><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0102AU" TargetMode="External" /><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0046AU" TargetMode="External" /><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0018AU" TargetMode="External" /><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0005AU" TargetMode="External" /><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0040AU" TargetMode="External" /><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/OPS0002AU" TargetMode="External" /><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0817AU" TargetMode="External" /><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PCL0005AU" TargetMode="External" /><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VCF" TargetMode="External" /><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0482AU" TargetMode="External" /><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0617AU" TargetMode="External" /><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0042AU" TargetMode="External" /><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN8175AU" TargetMode="External" /><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0024AU" TargetMode="External" /><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0106AU" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ACM0006AU" TargetMode="External" /><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0008AU" TargetMode="External" /><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IEM" TargetMode="External" /><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0631AU" TargetMode="External" /><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0003AU" TargetMode="External" /><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0108AU" TargetMode="External" /><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ISEC" TargetMode="External" /><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0026AU" TargetMode="External" /><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0025AU" TargetMode="External" /><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0454AU" TargetMode="External" /><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GSF0001AU" TargetMode="External" /><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0044AU" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL3086AU" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Balanced_Fund_TMD_230118.pdf" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL9255AU" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Growth_Fund_TMD_230118.pdf" TargetMode="External" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0060AU" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0060AU" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4308AU" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP1179AU" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0027AU" TargetMode="External" /><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHEB" TargetMode="External" /><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0410AU" TargetMode="External" /><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0854AU" TargetMode="External" /><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM0028AU" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETHI" TargetMode="External" /><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0265AU" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK0009AU" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PWA0822AU" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0025AU" TargetMode="External" /><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0274AU" TargetMode="External" /><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0007AU" TargetMode="External" /><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HBC0011AU" TargetMode="External" /><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0667AU" TargetMode="External" /><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IVV" TargetMode="External" /><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC7387AU" TargetMode="External" /><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0010AU" TargetMode="External" /><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0043AU" TargetMode="External" /><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0432AU" TargetMode="External" /><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0002AU" TargetMode="External" /><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0041AU" TargetMode="External" /><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0398AU" TargetMode="External" /><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0046AU" TargetMode="External" /><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0025AU" TargetMode="External" /><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MHG" TargetMode="External" /><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MMC0110AU" TargetMode="External" /><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0001AU" TargetMode="External" /><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0108AU" TargetMode="External" /><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0004AU" TargetMode="External" /><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0007AU" TargetMode="External" /><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SUBD" TargetMode="External" /><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GRNV" TargetMode="External" /><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0184AU" TargetMode="External" /><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEU" TargetMode="External" /><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0104AU" TargetMode="External" /><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0071AU" TargetMode="External" /><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDCO" TargetMode="External" /><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0398AU" TargetMode="External" /><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0064AU" TargetMode="External" /><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0003AU" TargetMode="External" /><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QSML" TargetMode="External" /><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0034AU" TargetMode="External" /><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0381AU" TargetMode="External" /><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GROW" TargetMode="External" /><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SST0048AU" TargetMode="External" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0038AU" TargetMode="External" /><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK4636AU" TargetMode="External" /><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ILB" TargetMode="External" /><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BNT0003AU" TargetMode="External" /><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0005AU" TargetMode="External" /><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ALTB" TargetMode="External" /><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ICOR" TargetMode="External" /><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0010AU" TargetMode="External" /><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM1925AU" TargetMode="External" /><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1241AU" TargetMode="External" /><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF8443AU" TargetMode="External" /><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE9182AU" TargetMode="External" /><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0005AU" TargetMode="External" /><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC7849AU" TargetMode="External" /><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0002AU" TargetMode="External" /><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0020AU" TargetMode="External" /><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEQ" TargetMode="External" /><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0049AU" TargetMode="External" /><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0116AU" TargetMode="External" /><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0016AU" TargetMode="External" /><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PAXX" TargetMode="External" /><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0042AU" TargetMode="External" /><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0410AU" TargetMode="External" /><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0052AU" TargetMode="External" /><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0819AU" TargetMode="External" /><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0005AU" TargetMode="External" /><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VBLD" TargetMode="External" /><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0004AU" TargetMode="External" /><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0019AU" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0164AU" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF5774AU" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/EQI0028AU" TargetMode="External" /><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0030AU" TargetMode="External" /><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0921AU" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/YMAX" TargetMode="External" /><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0028AU" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/NFS0209AU" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0635AU" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0115AU" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0106AU" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0106AU" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/NFS0209AU" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0028AU" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0002AU" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0002AU" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0115AU" TargetMode="External" /><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0669AU" TargetMode="External" /><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0110AU" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ5703AU" TargetMode="External" /><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EGG0001AU" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QAU" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK6264AU" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK9560AU" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0001AU" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AFI" TargetMode="External" /><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0341AU" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ASIA" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AGVT" TargetMode="External" /><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MIA0001AU" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BNDS" TargetMode="External" /><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0449AU" TargetMode="External" /><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0920AU" TargetMode="External" /><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0201AU" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/YOC0100AU" TargetMode="External" /><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0825AU" TargetMode="External" /><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MHHT" TargetMode="External" /><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0172AU" TargetMode="External" /><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0670AU" TargetMode="External" /><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IGB" TargetMode="External" /><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0003AU" TargetMode="External" /><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0014AU" TargetMode="External" /><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0122AU" TargetMode="External" /><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0119AU" TargetMode="External" /><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0028AU" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GGUS" TargetMode="External" /><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0052AU" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BAR0813AU" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BAR0813AU" TargetMode="External" /><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0103AU" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ACM0009AU" TargetMode="External" /><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOO" TargetMode="External" /><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0106AU" TargetMode="External" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{094AF22B-F40E-406B-88E5-E77D9F71B9A7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31887DAC-A5F8-4FFA-B4F3-21C7F49AB9A7}">
   <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="26.5714285714286" customWidth="1"/>
     <col min="2" max="2" width="11.1428571428571" customWidth="1"/>
     <col min="3" max="3" width="15.5714285714286" customWidth="1"/>
     <col min="4" max="4" width="30.2857142857143" customWidth="1"/>
     <col min="5" max="5" width="39.1428571428571" customWidth="1"/>
     <col min="6" max="6" width="5.14285714285714" customWidth="1"/>
     <col min="7" max="7" width="5.28571428571429" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="12.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -3866,87 +3854,87 @@
     <hyperlink ref="F2" r:id="rId1" tooltip="Click to view Alpha Australian Shares SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F3" r:id="rId2" tooltip="Click to view Alpha Balanced Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="G3" r:id="rId3" tooltip="Click to view Alpha Balanced  Target Market Determination" display="TMD"/>
     <hyperlink ref="F4" r:id="rId4" tooltip="Click to view Alpha Balanced SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F5" r:id="rId5" tooltip="Click to view Alpha Growth Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="G5" r:id="rId6" tooltip="Click to view Alpha Growth  Target Market Determination" display="TMD"/>
     <hyperlink ref="F6" r:id="rId7" tooltip="Click to view Alpha Growth SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F7" r:id="rId8" tooltip="Click to view Alpha High Growth Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="G7" r:id="rId9" tooltip="Click to view Alpha High Growth  Target Market Determination" display="TMD"/>
     <hyperlink ref="F8" r:id="rId10" tooltip="Click to view Alpha High Growth SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F9" r:id="rId11" tooltip="Click to view Alpha Income SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F10" r:id="rId12" tooltip="Click to view Alpha Index Balanced SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F11" r:id="rId13" tooltip="Click to view Alpha Index Conservative SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F12" r:id="rId14" tooltip="Click to view Alpha Index Growth SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F13" r:id="rId15" tooltip="Click to view Alpha Index High Growth SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F14" r:id="rId16" tooltip="Click to view Alpha Index Moderate SMA Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="F15" r:id="rId17" tooltip="Click to view Alpha Moderate Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="G15" r:id="rId18" tooltip="Click to view Alpha Moderate  Target Market Determination" display="TMD"/>
     <hyperlink ref="F16" r:id="rId19" tooltip="Click to view Alpha Moderate SMA Product Disclosure Statement" display="PDS"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6BE5510E-8AC0-4380-8462-4BA2AF45B9A7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0804921A-4CB6-4FC2-958E-EF6D48F9B9A7}">
   <dimension ref="A1:G400"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="63" customWidth="1"/>
     <col min="2" max="2" width="12.4285714285714" customWidth="1"/>
     <col min="3" max="3" width="15.5714285714286" customWidth="1"/>
     <col min="4" max="4" width="30.2857142857143" customWidth="1"/>
     <col min="5" max="5" width="40.2857142857143" customWidth="1"/>
     <col min="6" max="6" width="5.14285714285714" customWidth="1"/>
     <col min="7" max="7" width="5.28571428571429" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="12.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="12.75">
       <c r="A2" t="s">
         <v>58</v>
       </c>
       <c r="B2" t="s">
         <v>59</v>
       </c>
       <c r="C2" t="s">
         <v>60</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>61</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>6</v>
       </c>
     </row>
@@ -4140,51 +4128,51 @@
       </c>
       <c r="C11" t="s">
         <v>94</v>
       </c>
       <c r="D11" t="s">
         <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>96</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="12.75">
       <c r="A12" t="s">
         <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="12.75">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" t="s">
@@ -4502,8241 +4490,8241 @@
     <row r="27" spans="1:7" ht="12.75">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27" t="s">
         <v>57</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="12.75">
       <c r="A28" t="s">
+        <v>99</v>
+      </c>
+      <c r="B28" t="s">
         <v>100</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>61</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="12.75">
       <c r="A29" t="s">
+        <v>102</v>
+      </c>
+      <c r="B29" t="s">
         <v>103</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="12.75">
       <c r="A30" t="s">
+        <v>105</v>
+      </c>
+      <c r="B30" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C30" t="s">
         <v>79</v>
       </c>
       <c r="D30" t="s">
         <v>30</v>
       </c>
       <c r="E30" t="s">
         <v>61</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="12.75">
       <c r="A31" t="s">
+        <v>107</v>
+      </c>
+      <c r="B31" t="s">
         <v>108</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>109</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>110</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="12.75">
       <c r="A32" t="s">
+        <v>112</v>
+      </c>
+      <c r="B32" t="s">
         <v>113</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>114</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>110</v>
+      </c>
+      <c r="E32" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="12.75">
       <c r="A33" t="s">
+        <v>116</v>
+      </c>
+      <c r="B33" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E33" t="s">
         <v>96</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="12.75">
       <c r="A34" t="s">
+        <v>119</v>
+      </c>
+      <c r="B34" t="s">
         <v>120</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D34" t="s">
         <v>95</v>
       </c>
       <c r="E34" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="12.75">
       <c r="A35" t="s">
+        <v>123</v>
+      </c>
+      <c r="B35" t="s">
         <v>124</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D35" t="s">
         <v>69</v>
       </c>
       <c r="E35" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="12.75">
       <c r="A36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B36" t="s">
         <v>127</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>128</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="12.75">
       <c r="A37" t="s">
+        <v>130</v>
+      </c>
+      <c r="B37" t="s">
         <v>131</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>132</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E37" t="s">
         <v>96</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="12.75">
       <c r="A38" t="s">
+        <v>134</v>
+      </c>
+      <c r="B38" t="s">
         <v>135</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D38" t="s">
         <v>80</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="12.75">
       <c r="A39" t="s">
+        <v>137</v>
+      </c>
+      <c r="B39" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C39" t="s">
         <v>60</v>
       </c>
       <c r="D39" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="12.75">
       <c r="A40" t="s">
+        <v>139</v>
+      </c>
+      <c r="B40" t="s">
         <v>140</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="12.75">
       <c r="A41" t="s">
+        <v>142</v>
+      </c>
+      <c r="B41" t="s">
         <v>143</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>144</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="12.75">
       <c r="A42" t="s">
+        <v>145</v>
+      </c>
+      <c r="B42" t="s">
         <v>146</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>61</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="12.75">
       <c r="A43" t="s">
+        <v>148</v>
+      </c>
+      <c r="B43" t="s">
         <v>149</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
+        <v>147</v>
+      </c>
+      <c r="D43" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E43" t="s">
         <v>61</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="12.75">
       <c r="A44" t="s">
+        <v>151</v>
+      </c>
+      <c r="B44" t="s">
         <v>152</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>61</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="12.75">
       <c r="A45" t="s">
+        <v>154</v>
+      </c>
+      <c r="B45" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C45" t="s">
         <v>90</v>
       </c>
       <c r="D45" t="s">
         <v>69</v>
       </c>
       <c r="E45" t="s">
         <v>91</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="12.75">
       <c r="A46" t="s">
+        <v>156</v>
+      </c>
+      <c r="B46" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="12.75">
       <c r="A47" t="s">
+        <v>158</v>
+      </c>
+      <c r="B47" t="s">
         <v>159</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D47" t="s">
         <v>80</v>
       </c>
       <c r="E47" t="s">
         <v>61</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="12.75">
       <c r="A48" t="s">
+        <v>161</v>
+      </c>
+      <c r="B48" t="s">
         <v>162</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D48" t="s">
         <v>80</v>
       </c>
       <c r="E48" t="s">
         <v>61</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="12.75">
       <c r="A49" t="s">
+        <v>163</v>
+      </c>
+      <c r="B49" t="s">
+        <v>164</v>
+      </c>
+      <c r="C49" t="s">
+        <v>109</v>
+      </c>
+      <c r="D49" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E49" t="s">
         <v>91</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="12.75">
       <c r="A50" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B50" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C50" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D50" t="s">
         <v>53</v>
       </c>
       <c r="E50" t="s">
         <v>91</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="12.75">
       <c r="A51" t="s">
+        <v>169</v>
+      </c>
+      <c r="B51" t="s">
+        <v>170</v>
+      </c>
+      <c r="C51" t="s">
+        <v>171</v>
+      </c>
+      <c r="D51" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="12.75">
       <c r="A52" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B52" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C52" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="12.75">
       <c r="A53" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B53" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C53" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="12.75">
       <c r="A54" t="s">
+        <v>178</v>
+      </c>
+      <c r="B54" t="s">
+        <v>179</v>
+      </c>
+      <c r="C54" t="s">
+        <v>180</v>
+      </c>
+      <c r="D54" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="12.75">
       <c r="A55" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B55" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C55" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:7" ht="12.75">
       <c r="A56" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B56" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C56" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D56" t="s">
         <v>80</v>
       </c>
       <c r="E56" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:7" ht="12.75">
       <c r="A57" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B57" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C57" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D57" t="s">
         <v>69</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="12.75">
       <c r="A58" t="s">
+        <v>190</v>
+      </c>
+      <c r="B58" t="s">
+        <v>191</v>
+      </c>
+      <c r="C58" t="s">
+        <v>192</v>
+      </c>
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
         <v>193</v>
-      </c>
-[...10 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="12.75">
       <c r="A59" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B59" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C59" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>61</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="12.75">
       <c r="A60" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B60" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C60" t="s">
         <v>9</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="12.75">
       <c r="A61" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B61" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C61" t="s">
-        <v>110</v>
+        <v>201</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="12.75">
       <c r="A62" t="s">
+        <v>202</v>
+      </c>
+      <c r="B62" t="s">
+        <v>203</v>
+      </c>
+      <c r="C62" t="s">
         <v>204</v>
       </c>
-      <c r="B62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E62" t="s">
         <v>61</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="12.75">
       <c r="A63" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B63" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C63" t="s">
-        <v>209</v>
+        <v>177</v>
       </c>
       <c r="D63" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E63" t="s">
         <v>61</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="12.75">
       <c r="A64" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B64" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C64" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D64" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E64" t="s">
         <v>61</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="12.75">
       <c r="A65" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B65" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C65" t="s">
         <v>79</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>61</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="12.75">
       <c r="A66" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B66" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C66" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D66" t="s">
         <v>65</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:7" ht="12.75">
       <c r="A67" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B67" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C67" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="12.75">
       <c r="A68" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B68" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C68" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
       <c r="E68" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="12.75">
       <c r="A69" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B69" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C69" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
       <c r="E69" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="12.75">
       <c r="A70" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B70" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C70" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>96</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="12.75">
       <c r="A71" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B71" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C71" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>61</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="12.75">
       <c r="A72" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B72" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C72" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>96</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="12.75">
       <c r="A73" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B73" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C73" t="s">
         <v>87</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="12.75">
       <c r="A74" t="s">
+        <v>235</v>
+      </c>
+      <c r="B74" t="s">
+        <v>236</v>
+      </c>
+      <c r="C74" t="s">
+        <v>237</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="12.75">
       <c r="A75" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B75" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C75" t="s">
         <v>87</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>96</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="12.75">
       <c r="A76" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B76" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C76" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="12.75">
       <c r="A77" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B77" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C77" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="12.75">
       <c r="A78" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B78" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C78" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="12.75">
       <c r="A79" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B79" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C79" t="s">
         <v>73</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="12.75">
       <c r="A80" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B80" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C80" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:7" ht="12.75">
       <c r="A81" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B81" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C81" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="12.75">
       <c r="A82" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B82" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C82" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:7" ht="12.75">
       <c r="A83" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B83" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C83" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>61</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="12.75">
       <c r="A84" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B84" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C84" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>91</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:7" ht="12.75">
       <c r="A85" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B85" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C85" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>61</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="12.75">
       <c r="A86" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B86" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C86" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>61</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="12.75">
       <c r="A87" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B87" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C87" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>61</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="12.75">
       <c r="A88" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B88" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C88" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>61</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="12.75">
       <c r="A89" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B89" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C89" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>61</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:7" ht="12.75">
       <c r="A90" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B90" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C90" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>61</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:7" ht="12.75">
       <c r="A91" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B91" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C91" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>91</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="12.75">
       <c r="A92" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B92" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C92" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>61</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="12.75">
       <c r="A93" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B93" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C93" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="12.75">
       <c r="A94" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B94" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C94" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:7" ht="12.75">
       <c r="A95" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B95" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C95" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="12.75">
       <c r="A96" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B96" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C96" t="s">
         <v>26</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>61</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="12.75">
       <c r="A97" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B97" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C97" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="12.75">
       <c r="A98" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B98" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C98" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>96</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:7" ht="12.75">
       <c r="A99" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B99" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C99" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D99" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E99" t="s">
         <v>16</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:7" ht="12.75">
       <c r="A100" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B100" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C100" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D100" t="s">
         <v>65</v>
       </c>
       <c r="E100" t="s">
         <v>38</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="12.75">
       <c r="A101" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B101" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C101" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D101" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E101" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:7" ht="12.75">
       <c r="A102" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B102" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C102" t="s">
         <v>60</v>
       </c>
       <c r="D102" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E102" t="s">
         <v>50</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:7" ht="12.75">
       <c r="A103" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B103" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C103" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D103" t="s">
         <v>37</v>
       </c>
       <c r="E103" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:7" ht="12.75">
       <c r="A104" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="B104" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C104" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D104" t="s">
         <v>87</v>
       </c>
       <c r="E104" t="s">
         <v>23</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:7" ht="12.75">
       <c r="A105" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B105" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C105" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D105" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E105" t="s">
         <v>23</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="12.75">
       <c r="A106" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B106" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C106" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D106" t="s">
         <v>9</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:7" ht="12.75">
       <c r="A107" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B107" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C107" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D107" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E107" t="s">
         <v>31</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:7" ht="12.75">
       <c r="A108" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B108" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C108" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D108" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E108" t="s">
         <v>50</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:7" ht="12.75">
       <c r="A109" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B109" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C109" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D109" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="E109" t="s">
         <v>23</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:7" ht="12.75">
       <c r="A110" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B110" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C110" t="s">
         <v>64</v>
       </c>
       <c r="D110" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E110" t="s">
         <v>61</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:7" ht="12.75">
       <c r="A111" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B111" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="C111" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>61</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:7" ht="12.75">
       <c r="A112" t="s">
+        <v>329</v>
+      </c>
+      <c r="B112" t="s">
+        <v>330</v>
+      </c>
+      <c r="C112" t="s">
+        <v>331</v>
+      </c>
+      <c r="D112" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E112" t="s">
         <v>61</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:7" ht="12.75">
       <c r="A113" t="s">
+        <v>333</v>
+      </c>
+      <c r="B113" t="s">
+        <v>334</v>
+      </c>
+      <c r="C113" t="s">
+        <v>335</v>
+      </c>
+      <c r="D113" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:7" ht="12.75">
       <c r="A114" t="s">
+        <v>337</v>
+      </c>
+      <c r="B114" t="s">
+        <v>338</v>
+      </c>
+      <c r="C114" t="s">
+        <v>339</v>
+      </c>
+      <c r="D114" t="s">
         <v>340</v>
       </c>
-      <c r="B114" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E114" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:7" ht="12.75">
       <c r="A115" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="B115" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C115" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D115" t="s">
         <v>15</v>
       </c>
       <c r="E115" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:7" ht="12.75">
       <c r="A116" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B116" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C116" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D116" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="E116" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:7" ht="12.75">
       <c r="A117" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="B117" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C117" t="s">
         <v>64</v>
       </c>
       <c r="D117" t="s">
         <v>80</v>
       </c>
       <c r="E117" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:7" ht="12.75">
       <c r="A118" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B118" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C118" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:7" ht="12.75">
       <c r="A119" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="B119" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C119" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:7" ht="12.75">
       <c r="A120" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B120" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="C120" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:7" ht="12.75">
       <c r="A121" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B121" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C121" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D121" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E121" t="s">
         <v>61</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:7" ht="12.75">
       <c r="A122" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B122" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C122" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D122" t="s">
         <v>80</v>
       </c>
       <c r="E122" t="s">
         <v>61</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:7" ht="12.75">
       <c r="A123" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B123" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C123" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:7" ht="12.75">
       <c r="A124" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B124" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C124" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D124" t="s">
         <v>9</v>
       </c>
       <c r="E124" t="s">
         <v>61</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:7" ht="12.75">
       <c r="A125" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B125" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C125" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D125" t="s">
         <v>9</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:7" ht="12.75">
       <c r="A126" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B126" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="C126" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D126" t="s">
         <v>9</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:7" ht="12.75">
       <c r="A127" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="B127" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="C127" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:7" ht="12.75">
       <c r="A128" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B128" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C128" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:7" ht="12.75">
       <c r="A129" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="B129" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C129" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:7" ht="12.75">
       <c r="A130" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B130" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="C130" t="s">
         <v>90</v>
       </c>
       <c r="D130" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E130" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:7" ht="12.75">
       <c r="A131" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B131" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="C131" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D131" t="s">
         <v>54</v>
       </c>
       <c r="E131" t="s">
         <v>61</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:7" ht="12.75">
       <c r="A132" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B132" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C132" t="s">
-        <v>385</v>
+        <v>262</v>
       </c>
       <c r="D132" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="E132" t="s">
         <v>96</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:7" ht="12.75">
       <c r="A133" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="B133" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="C133" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D133" t="s">
         <v>9</v>
       </c>
       <c r="E133" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:7" ht="12.75">
       <c r="A134" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="B134" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C134" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D134" t="s">
         <v>9</v>
       </c>
       <c r="E134" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:7" ht="12.75">
       <c r="A135" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="B135" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="C135" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="D135" t="s">
         <v>65</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:7" ht="12.75">
       <c r="A136" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B136" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C136" t="s">
-        <v>281</v>
+        <v>392</v>
       </c>
       <c r="D136" t="s">
         <v>80</v>
       </c>
       <c r="E136" t="s">
         <v>96</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:7" ht="12.75">
       <c r="A137" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="B137" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C137" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D137" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="E137" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:7" ht="12.75">
       <c r="A138" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="B138" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="C138" t="s">
         <v>79</v>
       </c>
       <c r="D138" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="E138" t="s">
         <v>61</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:7" ht="12.75">
       <c r="A139" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B139" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C139" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D139" t="s">
         <v>54</v>
       </c>
       <c r="E139" t="s">
         <v>61</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:7" ht="12.75">
       <c r="A140" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="B140" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C140" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>61</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:7" ht="12.75">
       <c r="A141" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B141" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="C141" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:7" ht="12.75">
       <c r="A142" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B142" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C142" t="s">
         <v>19</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:7" ht="12.75">
       <c r="A143" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B143" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C143" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
       <c r="E143" t="s">
         <v>61</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:7" ht="12.75">
       <c r="A144" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B144" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C144" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>61</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:7" ht="12.75">
       <c r="A145" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B145" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="C145" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D145" t="s">
         <v>9</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:7" ht="12.75">
       <c r="A146" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B146" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="C146" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="D146" t="s">
         <v>80</v>
       </c>
       <c r="E146" t="s">
         <v>61</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:7" ht="12.75">
       <c r="A147" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B147" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C147" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>61</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:7" ht="12.75">
       <c r="A148" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B148" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C148" t="s">
         <v>76</v>
       </c>
       <c r="D148" t="s">
         <v>80</v>
       </c>
       <c r="E148" t="s">
         <v>61</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:7" ht="12.75">
       <c r="A149" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B149" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C149" t="s">
         <v>76</v>
       </c>
       <c r="D149" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="E149" t="s">
         <v>61</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:7" ht="12.75">
       <c r="A150" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B150" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C150" t="s">
         <v>79</v>
       </c>
       <c r="D150" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E150" t="s">
         <v>61</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:7" ht="12.75">
       <c r="A151" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B151" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="C151" t="s">
         <v>79</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>61</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:7" ht="12.75">
       <c r="A152" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="B152" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C152" t="s">
         <v>79</v>
       </c>
       <c r="D152" t="s">
         <v>54</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:7" ht="12.75">
       <c r="A153" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B153" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C153" t="s">
         <v>79</v>
       </c>
       <c r="D153" t="s">
         <v>9</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:7" ht="12.75">
       <c r="A154" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="B154" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="C154" t="s">
         <v>79</v>
       </c>
       <c r="D154" t="s">
         <v>54</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:7" ht="12.75">
       <c r="A155" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="B155" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C155" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:7" ht="12.75">
       <c r="A156" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B156" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="C156" t="s">
         <v>41</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:7" ht="12.75">
       <c r="A157" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B157" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="C157" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>61</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:7" ht="12.75">
       <c r="A158" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="B158" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C158" t="s">
-        <v>235</v>
+        <v>95</v>
       </c>
       <c r="D158" t="s">
         <v>9</v>
       </c>
       <c r="E158" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:7" ht="12.75">
       <c r="A159" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B159" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C159" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D159" t="s">
         <v>9</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:7" ht="12.75">
       <c r="A160" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B160" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="C160" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D160" t="s">
         <v>9</v>
       </c>
       <c r="E160" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:7" ht="12.75">
       <c r="A161" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="B161" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C161" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:7" ht="12.75">
       <c r="A162" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B162" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C162" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:7" ht="12.75">
       <c r="A163" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B163" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C163" t="s">
         <v>41</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:7" ht="12.75">
       <c r="A164" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="B164" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C164" t="s">
         <v>41</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:7" ht="12.75">
       <c r="A165" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B165" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C165" t="s">
         <v>41</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:7" ht="12.75">
       <c r="A166" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B166" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="C166" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:7" ht="12.75">
       <c r="A167" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B167" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="C167" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>61</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:7" ht="12.75">
       <c r="A168" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="B168" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C168" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>61</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:7" ht="12.75">
       <c r="A169" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B169" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C169" t="s">
         <v>54</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:7" ht="12.75">
       <c r="A170" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B170" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="C170" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:7" ht="12.75">
       <c r="A171" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="B171" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C171" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D171" t="s">
         <v>9</v>
       </c>
       <c r="E171" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:7" ht="12.75">
       <c r="A172" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B172" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="C172" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D172" t="s">
         <v>9</v>
       </c>
       <c r="E172" t="s">
         <v>96</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:7" ht="12.75">
       <c r="A173" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="B173" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="C173" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>61</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:7" ht="12.75">
       <c r="A174" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="B174" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="C174" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>61</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:7" ht="12.75">
       <c r="A175" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B175" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="C175" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>61</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:7" ht="12.75">
       <c r="A176" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="B176" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C176" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>96</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:7" ht="12.75">
       <c r="A177" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B177" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C177" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D177" t="s">
         <v>54</v>
       </c>
       <c r="E177" t="s">
         <v>96</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:7" ht="12.75">
       <c r="A178" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="B178" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="C178" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>61</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:7" ht="12.75">
       <c r="A179" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="B179" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="C179" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>96</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:7" ht="12.75">
       <c r="A180" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="B180" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="C180" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:7" ht="12.75">
       <c r="A181" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="B181" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="C181" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D181" t="s">
         <v>80</v>
       </c>
       <c r="E181" t="s">
         <v>61</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:7" ht="12.75">
       <c r="A182" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="B182" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="C182" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D182" t="s">
         <v>9</v>
       </c>
       <c r="E182" t="s">
         <v>61</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:7" ht="12.75">
       <c r="A183" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="B183" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="C183" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>96</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="12.75">
       <c r="A184" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="B184" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="C184" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>61</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:7" ht="12.75">
       <c r="A185" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="B185" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="C185" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>61</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:7" ht="12.75">
       <c r="A186" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="B186" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="C186" t="s">
         <v>90</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>61</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:7" ht="12.75">
       <c r="A187" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B187" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C187" t="s">
         <v>19</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>61</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:7" ht="12.75">
       <c r="A188" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="B188" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="C188" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>61</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:7" ht="12.75">
       <c r="A189" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="B189" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="C189" t="s">
         <v>73</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>61</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:7" ht="12.75">
       <c r="A190" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="B190" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="C190" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:7" ht="12.75">
       <c r="A191" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B191" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="C191" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:7" ht="12.75">
       <c r="A192" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B192" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="C192" t="s">
         <v>64</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:7" ht="12.75">
       <c r="A193" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="B193" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="C193" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:7" ht="12.75">
       <c r="A194" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="B194" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="C194" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>96</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:7" ht="12.75">
       <c r="A195" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="B195" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="C195" t="s">
         <v>19</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:7" ht="12.75">
       <c r="A196" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="B196" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="C196" t="s">
         <v>19</v>
       </c>
       <c r="D196" t="s">
         <v>65</v>
       </c>
       <c r="E196" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:7" ht="12.75">
       <c r="A197" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="B197" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="C197" t="s">
         <v>64</v>
       </c>
       <c r="D197" t="s">
         <v>9</v>
       </c>
       <c r="E197" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:7" ht="12.75">
       <c r="A198" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="B198" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="C198" t="s">
         <v>9</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:7" ht="12.75">
       <c r="A199" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="B199" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="C199" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D199" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E199" t="s">
         <v>61</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:7" ht="12.75">
       <c r="A200" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="B200" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="C200" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D200" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E200" t="s">
         <v>61</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:7" ht="12.75">
       <c r="A201" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="B201" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="C201" t="s">
         <v>68</v>
       </c>
       <c r="D201" t="s">
         <v>65</v>
       </c>
       <c r="E201" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:7" ht="12.75">
       <c r="A202" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="B202" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="C202" t="s">
         <v>60</v>
       </c>
       <c r="D202" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:7" ht="12.75">
       <c r="A203" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="B203" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C203" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:7" ht="12.75">
       <c r="A204" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="B204" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="C204" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D204" t="s">
         <v>9</v>
       </c>
       <c r="E204" t="s">
         <v>96</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:7" ht="12.75">
       <c r="A205" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="B205" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C205" t="s">
-        <v>262</v>
+        <v>90</v>
       </c>
       <c r="D205" t="s">
         <v>65</v>
       </c>
       <c r="E205" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:7" ht="12.75">
       <c r="A206" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B206" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="C206" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D206" t="s">
         <v>65</v>
       </c>
       <c r="E206" t="s">
         <v>61</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:7" ht="12.75">
       <c r="A207" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B207" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C207" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D207" t="s">
         <v>9</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:7" ht="12.75">
       <c r="A208" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="B208" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="C208" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D208" t="s">
         <v>9</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:7" ht="12.75">
       <c r="A209" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="B209" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="C209" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D209" t="s">
         <v>9</v>
       </c>
       <c r="E209" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:7" ht="12.75">
       <c r="A210" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="B210" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C210" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D210" t="s">
         <v>9</v>
       </c>
       <c r="E210" t="s">
         <v>61</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:7" ht="12.75">
       <c r="A211" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="B211" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C211" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D211" t="s">
         <v>9</v>
       </c>
       <c r="E211" t="s">
         <v>61</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:7" ht="12.75">
       <c r="A212" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="B212" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="C212" t="s">
-        <v>281</v>
+        <v>485</v>
       </c>
       <c r="D212" t="s">
         <v>73</v>
       </c>
       <c r="E212" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:7" ht="12.75">
       <c r="A213" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="B213" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="C213" t="s">
-        <v>561</v>
+        <v>34</v>
       </c>
       <c r="D213" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E213" t="s">
         <v>96</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:7" ht="12.75">
       <c r="A214" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="B214" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="C214" t="s">
-        <v>398</v>
+        <v>560</v>
       </c>
       <c r="D214" t="s">
         <v>80</v>
       </c>
       <c r="E214" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:7" ht="12.75">
       <c r="A215" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B215" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C215" t="s">
-        <v>102</v>
+        <v>560</v>
       </c>
       <c r="D215" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E215" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:7" ht="12.75">
       <c r="A216" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="B216" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C216" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:7" ht="12.75">
       <c r="A217" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="B217" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="C217" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D217" t="s">
         <v>9</v>
       </c>
       <c r="E217" t="s">
         <v>61</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:7" ht="12.75">
       <c r="A218" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B218" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="C218" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D218" t="s">
         <v>80</v>
       </c>
       <c r="E218" t="s">
         <v>61</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:7" ht="12.75">
       <c r="A219" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="B219" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="C219" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>61</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220" spans="1:7" ht="12.75">
       <c r="A220" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B220" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C220" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>61</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:7" ht="12.75">
       <c r="A221" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="B221" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="C221" t="s">
         <v>9</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>61</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:7" ht="12.75">
       <c r="A222" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="B222" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="C222" t="s">
         <v>83</v>
       </c>
       <c r="D222" t="s">
         <v>69</v>
       </c>
       <c r="E222" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:7" ht="12.75">
       <c r="A223" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="B223" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="C223" t="s">
-        <v>312</v>
+        <v>581</v>
       </c>
       <c r="D223" t="s">
         <v>9</v>
       </c>
       <c r="E223" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:7" ht="12.75">
       <c r="A224" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="B224" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="C224" t="s">
         <v>83</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:7" ht="12.75">
       <c r="A225" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="B225" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C225" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:7" ht="12.75">
       <c r="A226" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="B226" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C226" t="s">
         <v>90</v>
       </c>
       <c r="D226" t="s">
         <v>65</v>
       </c>
       <c r="E226" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:7" ht="12.75">
       <c r="A227" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B227" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="C227" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D227" t="s">
         <v>9</v>
       </c>
       <c r="E227" t="s">
         <v>61</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:7" ht="12.75">
       <c r="A228" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="B228" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="C228" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D228" t="s">
         <v>9</v>
       </c>
       <c r="E228" t="s">
         <v>61</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:7" ht="12.75">
       <c r="A229" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="B229" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="C229" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="D229" t="s">
         <v>9</v>
       </c>
       <c r="E229" t="s">
         <v>61</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:7" ht="12.75">
       <c r="A230" t="s">
+        <v>594</v>
+      </c>
+      <c r="B230" t="s">
+        <v>595</v>
+      </c>
+      <c r="C230" t="s">
         <v>596</v>
-      </c>
-[...4 lines deleted...]
-        <v>598</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>16</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:7" ht="12.75">
       <c r="A231" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B231" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C231" t="s">
         <v>90</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:7" ht="12.75">
       <c r="A232" t="s">
+        <v>599</v>
+      </c>
+      <c r="B232" t="s">
+        <v>600</v>
+      </c>
+      <c r="C232" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>50</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:7" ht="12.75">
       <c r="A233" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B233" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="C233" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>16</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G233" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:7" ht="12.75">
       <c r="A234" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="B234" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="C234" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>23</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:7" ht="12.75">
       <c r="A235" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="B235" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="C235" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D235" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="E235" t="s">
         <v>31</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:7" ht="12.75">
       <c r="A236" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="B236" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="C236" t="s">
         <v>79</v>
       </c>
       <c r="D236" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E236" t="s">
         <v>31</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:7" ht="12.75">
       <c r="A237" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="B237" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="C237" t="s">
-        <v>614</v>
+        <v>201</v>
       </c>
       <c r="D237" t="s">
         <v>30</v>
       </c>
       <c r="E237" t="s">
         <v>31</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:7" ht="12.75">
       <c r="A238" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="B238" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="C238" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D238" t="s">
         <v>54</v>
       </c>
       <c r="E238" t="s">
         <v>23</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:7" ht="12.75">
       <c r="A239" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="B239" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C239" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D239" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="E239" t="s">
         <v>16</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:7" ht="12.75">
       <c r="A240" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="B240" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="C240" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D240" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="E240" t="s">
         <v>31</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:7" ht="12.75">
       <c r="A241" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B241" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="C241" t="s">
-        <v>86</v>
+        <v>621</v>
       </c>
       <c r="D241" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="E241" t="s">
         <v>16</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:7" ht="12.75">
       <c r="A242" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="B242" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="C242" t="s">
         <v>68</v>
       </c>
       <c r="D242" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E242" t="s">
         <v>16</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:7" ht="12.75">
       <c r="A243" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="B243" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="C243" t="s">
-        <v>628</v>
+        <v>392</v>
       </c>
       <c r="D243" t="s">
         <v>73</v>
       </c>
       <c r="E243" t="s">
         <v>16</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:7" ht="12.75">
       <c r="A244" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="B244" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="C244" t="s">
-        <v>168</v>
+        <v>259</v>
       </c>
       <c r="D244" t="s">
         <v>73</v>
       </c>
       <c r="E244" t="s">
         <v>23</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:7" ht="12.75">
       <c r="A245" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="B245" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="C245" t="s">
-        <v>232</v>
+        <v>630</v>
       </c>
       <c r="D245" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E245" t="s">
         <v>31</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:7" ht="12.75">
       <c r="A246" t="s">
+        <v>631</v>
+      </c>
+      <c r="B246" t="s">
+        <v>632</v>
+      </c>
+      <c r="C246" t="s">
         <v>633</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="D246" t="s">
         <v>60</v>
       </c>
       <c r="E246" t="s">
         <v>50</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:7" ht="12.75">
       <c r="A247" t="s">
+        <v>634</v>
+      </c>
+      <c r="B247" t="s">
         <v>635</v>
       </c>
-      <c r="B247" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" t="s">
-        <v>637</v>
+        <v>601</v>
       </c>
       <c r="D247" t="s">
         <v>65</v>
       </c>
       <c r="E247" t="s">
         <v>16</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:7" ht="12.75">
       <c r="A248" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B248" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C248" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D248" t="s">
         <v>9</v>
       </c>
       <c r="E248" t="s">
         <v>96</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:7" ht="12.75">
       <c r="A249" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B249" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="C249" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D249" t="s">
         <v>9</v>
       </c>
       <c r="E249" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:7" ht="12.75">
       <c r="A250" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="B250" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="C250" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D250" t="s">
         <v>9</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:7" ht="12.75">
       <c r="A251" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="B251" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="C251" t="s">
         <v>79</v>
       </c>
       <c r="D251" t="s">
         <v>9</v>
       </c>
       <c r="E251" t="s">
         <v>61</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:7" ht="12.75">
       <c r="A252" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B252" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C252" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D252" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:7" ht="12.75">
       <c r="A253" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="B253" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="C253" t="s">
         <v>19</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:7" ht="12.75">
       <c r="A254" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B254" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="C254" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D254" t="s">
         <v>9</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:7" ht="12.75">
       <c r="A255" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="B255" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="C255" t="s">
         <v>72</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>61</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:7" ht="12.75">
       <c r="A256" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="B256" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="C256" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D256" t="s">
         <v>9</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:7" ht="12.75">
       <c r="A257" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="B257" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="C257" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:7" ht="12.75">
       <c r="A258" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="B258" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="C258" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D258" t="s">
         <v>80</v>
       </c>
       <c r="E258" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:7" ht="12.75">
       <c r="A259" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="B259" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="C259" t="s">
         <v>87</v>
       </c>
       <c r="D259" t="s">
         <v>9</v>
       </c>
       <c r="E259" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:7" ht="12.75">
       <c r="A260" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="B260" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="C260" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:7" ht="12.75">
       <c r="A261" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="B261" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="C261" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D261" t="s">
         <v>9</v>
       </c>
       <c r="E261" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:7" ht="12.75">
       <c r="A262" t="s">
+        <v>664</v>
+      </c>
+      <c r="B262" t="s">
+        <v>665</v>
+      </c>
+      <c r="C262" t="s">
         <v>666</v>
-      </c>
-[...4 lines deleted...]
-        <v>668</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:7" ht="12.75">
       <c r="A263" t="s">
+        <v>667</v>
+      </c>
+      <c r="B263" t="s">
+        <v>668</v>
+      </c>
+      <c r="C263" t="s">
         <v>669</v>
-      </c>
-[...4 lines deleted...]
-        <v>671</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:7" ht="12.75">
       <c r="A264" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="B264" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="C264" t="s">
         <v>68</v>
       </c>
       <c r="D264" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:7" ht="12.75">
       <c r="A265" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="B265" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="C265" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D265" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:7" ht="12.75">
       <c r="A266" t="s">
+        <v>674</v>
+      </c>
+      <c r="B266" t="s">
+        <v>675</v>
+      </c>
+      <c r="C266" t="s">
+        <v>109</v>
+      </c>
+      <c r="D266" t="s">
         <v>676</v>
-      </c>
-[...7 lines deleted...]
-        <v>678</v>
       </c>
       <c r="E266" t="s">
         <v>23</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:7" ht="12.75">
       <c r="A267" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B267" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="C267" t="s">
         <v>83</v>
       </c>
       <c r="D267" t="s">
         <v>54</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:7" ht="12.75">
       <c r="A268" t="s">
+        <v>679</v>
+      </c>
+      <c r="B268" t="s">
+        <v>680</v>
+      </c>
+      <c r="C268" t="s">
         <v>681</v>
       </c>
-      <c r="B268" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D268" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E268" t="s">
         <v>50</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:7" ht="12.75">
       <c r="A269" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="B269" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="C269" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D269" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="E269" t="s">
         <v>96</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:7" ht="12.75">
       <c r="A270" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="B270" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="C270" t="s">
         <v>72</v>
       </c>
       <c r="D270" t="s">
         <v>54</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:7" ht="12.75">
       <c r="A271" t="s">
+        <v>686</v>
+      </c>
+      <c r="B271" t="s">
+        <v>687</v>
+      </c>
+      <c r="C271" t="s">
         <v>688</v>
-      </c>
-[...4 lines deleted...]
-        <v>690</v>
       </c>
       <c r="D271" t="s">
         <v>95</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:7" ht="12.75">
       <c r="A272" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="B272" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="C272" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D272" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:7" ht="12.75">
       <c r="A273" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="B273" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C273" t="s">
         <v>41</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>91</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274" spans="1:7" ht="12.75">
       <c r="A274" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="B274" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="C274" t="s">
         <v>64</v>
       </c>
       <c r="D274" t="s">
         <v>73</v>
       </c>
       <c r="E274" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:7" ht="12.75">
       <c r="A275" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="B275" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="C275" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="D275" t="s">
         <v>69</v>
       </c>
       <c r="E275" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:7" ht="12.75">
       <c r="A276" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B276" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="C276" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D276" t="s">
         <v>54</v>
       </c>
       <c r="E276" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:7" ht="12.75">
       <c r="A277" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="B277" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="C277" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="D277" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="E277" t="s">
         <v>96</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:7" ht="12.75">
       <c r="A278" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="B278" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="C278" t="s">
         <v>94</v>
       </c>
       <c r="D278" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E278" t="s">
         <v>96</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:7" ht="12.75">
       <c r="A279" t="s">
+        <v>703</v>
+      </c>
+      <c r="B279" t="s">
+        <v>704</v>
+      </c>
+      <c r="C279" t="s">
         <v>705</v>
-      </c>
-[...4 lines deleted...]
-        <v>707</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>91</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:7" ht="12.75">
       <c r="A280" t="s">
+        <v>706</v>
+      </c>
+      <c r="B280" t="s">
+        <v>707</v>
+      </c>
+      <c r="C280" t="s">
         <v>708</v>
       </c>
-      <c r="B280" t="s">
+      <c r="D280" t="s">
         <v>709</v>
-      </c>
-[...4 lines deleted...]
-        <v>711</v>
       </c>
       <c r="E280" t="s">
         <v>61</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:7" ht="12.75">
       <c r="A281" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="B281" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="C281" t="s">
-        <v>714</v>
+        <v>171</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>61</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="282" spans="1:7" ht="12.75">
       <c r="A282" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="B282" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="C282" t="s">
         <v>9</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>61</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="283" spans="1:7" ht="12.75">
       <c r="A283" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="B283" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="C283" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D283" t="s">
         <v>69</v>
       </c>
       <c r="E283" t="s">
         <v>61</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:7" ht="12.75">
       <c r="A284" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="B284" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="C284" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="D284" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E284" t="s">
         <v>61</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:7" ht="12.75">
       <c r="A285" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="B285" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C285" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D285" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E285" t="s">
         <v>61</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:7" ht="12.75">
       <c r="A286" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="B286" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C286" t="s">
-        <v>174</v>
+        <v>723</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>61</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="287" spans="1:7" ht="12.75">
       <c r="A287" t="s">
+        <v>724</v>
+      </c>
+      <c r="B287" t="s">
+        <v>725</v>
+      </c>
+      <c r="C287" t="s">
         <v>726</v>
       </c>
-      <c r="B287" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D287" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E287" t="s">
         <v>61</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:7" ht="12.75">
       <c r="A288" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="B288" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="C288" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D288" t="s">
         <v>30</v>
       </c>
       <c r="E288" t="s">
         <v>61</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:7" ht="12.75">
       <c r="A289" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="B289" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="C289" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D289" t="s">
         <v>9</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:7" ht="12.75">
       <c r="A290" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="B290" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="C290" t="s">
         <v>9</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="291" spans="1:7" ht="12.75">
       <c r="A291" t="s">
+        <v>733</v>
+      </c>
+      <c r="B291" t="s">
+        <v>734</v>
+      </c>
+      <c r="C291" t="s">
         <v>735</v>
-      </c>
-[...4 lines deleted...]
-        <v>737</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>61</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:7" ht="12.75">
       <c r="A292" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="B292" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="C292" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D292" t="s">
         <v>9</v>
       </c>
       <c r="E292" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:7" ht="12.75">
       <c r="A293" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="B293" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="C293" t="s">
-        <v>742</v>
+        <v>358</v>
       </c>
       <c r="D293" t="s">
         <v>9</v>
       </c>
       <c r="E293" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:7" ht="12.75">
       <c r="A294" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="B294" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="C294" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="D294" t="s">
         <v>95</v>
       </c>
       <c r="E294" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:7" ht="12.75">
       <c r="A295" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="B295" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="C295" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="D295" t="s">
         <v>54</v>
       </c>
       <c r="E295" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:7" ht="12.75">
       <c r="A296" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="B296" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="C296" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D296" t="s">
         <v>54</v>
       </c>
       <c r="E296" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:7" ht="12.75">
       <c r="A297" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="B297" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C297" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:7" ht="12.75">
       <c r="A298" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="B298" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="C298" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>61</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:7" ht="12.75">
       <c r="A299" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="B299" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C299" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D299" t="s">
         <v>9</v>
       </c>
       <c r="E299" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:7" ht="12.75">
       <c r="A300" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="B300" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="C300" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="D300" t="s">
         <v>65</v>
       </c>
       <c r="E300" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:7" ht="12.75">
       <c r="A301" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="B301" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="C301" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D301" t="s">
         <v>9</v>
       </c>
       <c r="E301" t="s">
         <v>61</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:7" ht="12.75">
       <c r="A302" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="B302" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C302" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="303" spans="1:7" ht="12.75">
       <c r="A303" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="B303" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C303" t="s">
         <v>64</v>
       </c>
       <c r="D303" t="s">
         <v>69</v>
       </c>
       <c r="E303" t="s">
         <v>96</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:7" ht="12.75">
       <c r="A304" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="B304" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C304" t="s">
         <v>19</v>
       </c>
       <c r="D304" t="s">
         <v>73</v>
       </c>
       <c r="E304" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:7" ht="12.75">
       <c r="A305" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B305" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C305" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>61</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:7" ht="12.75">
       <c r="A306" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="B306" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="C306" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="D306" t="s">
         <v>73</v>
       </c>
       <c r="E306" t="s">
         <v>16</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:7" ht="12.75">
       <c r="A307" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="B307" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="C307" t="s">
-        <v>776</v>
+        <v>630</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>16</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308" spans="1:7" ht="12.75">
       <c r="A308" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B308" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="C308" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="D308" t="s">
         <v>65</v>
       </c>
       <c r="E308" t="s">
         <v>23</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:7" ht="12.75">
       <c r="A309" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="B309" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="C309" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D309" t="s">
         <v>69</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:7" ht="12.75">
       <c r="A310" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="B310" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="C310" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D310" t="s">
         <v>9</v>
       </c>
       <c r="E310" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:7" ht="12.75">
       <c r="A311" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="B311" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="C311" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312" spans="1:7" ht="12.75">
       <c r="A312" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="B312" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="C312" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313" spans="1:7" ht="12.75">
       <c r="A313" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="B313" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="C313" t="s">
         <v>60</v>
       </c>
       <c r="D313" t="s">
         <v>9</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:7" ht="12.75">
       <c r="A314" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="B314" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="C314" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D314" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="E314" t="s">
         <v>61</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:7" ht="12.75">
       <c r="A315" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="B315" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="C315" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="D315" t="s">
         <v>54</v>
       </c>
       <c r="E315" t="s">
         <v>61</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:7" ht="12.75">
       <c r="A316" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="B316" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="C316" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D316" t="s">
         <v>69</v>
       </c>
       <c r="E316" t="s">
         <v>61</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:7" ht="12.75">
       <c r="A317" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="B317" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="C317" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>61</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:7" ht="12.75">
       <c r="A318" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="B318" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="C318" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D318" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="E318" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:7" ht="12.75">
       <c r="A319" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="B319" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="C319" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D319" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E319" t="s">
         <v>61</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:7" ht="12.75">
       <c r="A320" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="B320" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="C320" t="s">
         <v>19</v>
       </c>
       <c r="D320" t="s">
         <v>65</v>
       </c>
       <c r="E320" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:7" ht="12.75">
       <c r="A321" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="B321" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="C321" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="D321" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:7" ht="12.75">
       <c r="A322" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="B322" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="C322" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D322" t="s">
         <v>9</v>
       </c>
       <c r="E322" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:7" ht="12.75">
       <c r="A323" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="B323" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="C323" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D323" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="E323" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:7" ht="12.75">
       <c r="A324" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="B324" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="C324" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D324" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E324" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:7" ht="12.75">
       <c r="A325" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="B325" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="C325" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="D325" t="s">
         <v>65</v>
       </c>
       <c r="E325" t="s">
         <v>50</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:7" ht="12.75">
       <c r="A326" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="B326" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="C326" t="s">
         <v>64</v>
       </c>
       <c r="D326" t="s">
         <v>54</v>
       </c>
       <c r="E326" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:7" ht="12.75">
       <c r="A327" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="B327" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="C327" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>61</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:7" ht="12.75">
       <c r="A328" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="B328" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="C328" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D328" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E328" t="s">
         <v>96</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:7" ht="12.75">
       <c r="A329" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="B329" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="C329" t="s">
-        <v>824</v>
+        <v>168</v>
       </c>
       <c r="D329" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:7" ht="12.75">
       <c r="A330" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
       <c r="B330" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
       <c r="C330" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331" spans="1:7" ht="12.75">
       <c r="A331" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="B331" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="C331" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>96</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332" spans="1:7" ht="12.75">
       <c r="A332" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="B332" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="C332" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>96</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="333" spans="1:7" ht="12.75">
       <c r="A333" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
       <c r="B333" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="C333" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>96</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334" spans="1:7" ht="12.75">
       <c r="A334" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
       <c r="B334" t="s">
-        <v>835</v>
+        <v>830</v>
       </c>
       <c r="C334" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335" spans="1:7" ht="12.75">
       <c r="A335" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="B335" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
       <c r="C335" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="336" spans="1:7" ht="12.75">
       <c r="A336" t="s">
-        <v>838</v>
+        <v>833</v>
       </c>
       <c r="B336" t="s">
-        <v>839</v>
+        <v>834</v>
       </c>
       <c r="C336" t="s">
         <v>19</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>61</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="337" spans="1:7" ht="12.75">
       <c r="A337" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
       <c r="B337" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="C337" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>61</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="338" spans="1:7" ht="12.75">
       <c r="A338" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="B338" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="C338" t="s">
-        <v>776</v>
+        <v>630</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>61</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="339" spans="1:7" ht="12.75">
       <c r="A339" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="B339" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="C339" t="s">
         <v>19</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="340" spans="1:7" ht="12.75">
       <c r="A340" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="B340" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="C340" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="341" spans="1:7" ht="12.75">
       <c r="A341" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
       <c r="B341" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="C341" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="342" spans="1:7" ht="12.75">
       <c r="A342" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="B342" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="C342" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="343" spans="1:7" ht="12.75">
       <c r="A343" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="B343" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="C343" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="344" spans="1:7" ht="12.75">
       <c r="A344" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="B344" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="C344" t="s">
         <v>64</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>61</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="345" spans="1:7" ht="12.75">
       <c r="A345" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="B345" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="C345" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>61</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="346" spans="1:7" ht="12.75">
       <c r="A346" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="B346" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="C346" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>61</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="347" spans="1:7" ht="12.75">
       <c r="A347" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="B347" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="C347" t="s">
         <v>73</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>61</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="348" spans="1:7" ht="12.75">
       <c r="A348" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="B348" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="C348" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>96</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:7" ht="12.75">
       <c r="A349" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="B349" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="C349" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>96</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="350" spans="1:7" ht="12.75">
       <c r="A350" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
       <c r="B350" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="C350" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="351" spans="1:7" ht="12.75">
       <c r="A351" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="B351" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="C351" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D351" t="s">
         <v>65</v>
       </c>
       <c r="E351" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:7" ht="12.75">
       <c r="A352" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="B352" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="C352" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="353" spans="1:7" ht="12.75">
       <c r="A353" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="B353" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="C353" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="354" spans="1:7" ht="12.75">
       <c r="A354" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="B354" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="C354" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="355" spans="1:7" ht="12.75">
       <c r="A355" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="B355" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="C355" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D355" t="s">
         <v>9</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:7" ht="12.75">
       <c r="A356" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="B356" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="C356" t="s">
         <v>87</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="357" spans="1:7" ht="12.75">
       <c r="A357" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="B357" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="C357" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="D357" t="s">
         <v>69</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:7" ht="12.75">
       <c r="A358" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="B358" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="C358" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D358" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E358" t="s">
         <v>16</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:7" ht="12.75">
       <c r="A359" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="B359" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="C359" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D359" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E359" t="s">
         <v>50</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:7" ht="12.75">
       <c r="A360" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="B360" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="C360" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>16</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="361" spans="1:7" ht="12.75">
       <c r="A361" t="s">
-        <v>888</v>
+        <v>883</v>
       </c>
       <c r="B361" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="C361" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D361" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E361" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G361" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:7" ht="12.75">
       <c r="A362" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="B362" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="C362" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>50</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="363" spans="1:7" ht="12.75">
       <c r="A363" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="B363" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="C363" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>23</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="364" spans="1:7" ht="12.75">
       <c r="A364" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
       <c r="B364" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="C364" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>31</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="365" spans="1:7" ht="12.75">
       <c r="A365" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
       <c r="B365" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="C365" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D365" t="s">
         <v>9</v>
       </c>
       <c r="E365" t="s">
         <v>61</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G365" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:7" ht="12.75">
       <c r="A366" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="B366" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="C366" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>96</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="367" spans="1:7" ht="12.75">
       <c r="A367" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="B367" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="C367" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>61</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="368" spans="1:7" ht="12.75">
       <c r="A368" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="B368" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="C368" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D368" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E368" t="s">
         <v>61</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G368" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:7" ht="12.75">
       <c r="A369" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="B369" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
       <c r="C369" t="s">
         <v>26</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>61</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="370" spans="1:7" ht="12.75">
       <c r="A370" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="B370" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
       <c r="C370" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>61</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="371" spans="1:7" ht="12.75">
       <c r="A371" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="B371" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="C371" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>96</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:7" ht="12.75">
       <c r="A372" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="B372" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="C372" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>96</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="373" spans="1:7" ht="12.75">
       <c r="A373" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="B373" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
       <c r="C373" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="374" spans="1:7" ht="12.75">
       <c r="A374" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
       <c r="B374" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="C374" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D374" t="s">
         <v>9</v>
       </c>
       <c r="E374" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:7" ht="12.75">
       <c r="A375" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="B375" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="C375" t="s">
         <v>94</v>
       </c>
       <c r="D375" t="s">
         <v>80</v>
       </c>
       <c r="E375" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:7" ht="12.75">
       <c r="A376" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="B376" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="C376" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>61</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="377" spans="1:7" ht="12.75">
       <c r="A377" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="B377" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
       <c r="C377" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D377" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E377" t="s">
         <v>23</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:7" ht="12.75">
       <c r="A378" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="B378" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="C378" t="s">
+        <v>132</v>
+      </c>
+      <c r="D378" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E378" t="s">
         <v>31</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:7" ht="12.75">
       <c r="A379" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="B379" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="C379" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D379" t="s">
         <v>9</v>
       </c>
       <c r="E379" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:7" ht="12.75">
       <c r="A380" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="B380" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="C380" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D380" t="s">
         <v>80</v>
       </c>
       <c r="E380" t="s">
         <v>61</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:7" ht="12.75">
       <c r="A381" t="s">
-        <v>930</v>
+        <v>925</v>
       </c>
       <c r="B381" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="C381" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D381" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E381" t="s">
         <v>96</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:7" ht="12.75">
       <c r="A382" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="B382" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="C382" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="D382" t="s">
         <v>54</v>
       </c>
       <c r="E382" t="s">
         <v>96</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:7" ht="12.75">
       <c r="A383" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="B383" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="C383" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D383" t="s">
         <v>9</v>
       </c>
       <c r="E383" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:7" ht="12.75">
       <c r="A384" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="B384" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="C384" t="s">
         <v>26</v>
       </c>
       <c r="D384" t="s">
         <v>73</v>
       </c>
       <c r="E384" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:7" ht="12.75">
       <c r="A385" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="B385" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="C385" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D385" t="s">
         <v>69</v>
       </c>
       <c r="E385" t="s">
         <v>61</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:7" ht="12.75">
       <c r="A386" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="B386" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="C386" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>96</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="387" spans="1:7" ht="12.75">
       <c r="A387" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="B387" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="C387" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>96</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="388" spans="1:7" ht="12.75">
       <c r="A388" t="s">
-        <v>944</v>
+        <v>939</v>
       </c>
       <c r="B388" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="C388" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="389" spans="1:7" ht="12.75">
       <c r="A389" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
       <c r="B389" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="C389" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>61</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="390" spans="1:7" ht="12.75">
       <c r="A390" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="B390" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="C390" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>61</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="391" spans="1:7" ht="12.75">
       <c r="A391" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="B391" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="C391" t="s">
         <v>65</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>61</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="392" spans="1:7" ht="12.75">
       <c r="A392" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="B392" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="C392" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D392" t="s">
         <v>73</v>
       </c>
       <c r="E392" t="s">
         <v>61</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:7" ht="12.75">
       <c r="A393" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="B393" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="C393" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D393" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E393" t="s">
         <v>61</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:7" ht="12.75">
       <c r="A394" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="B394" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="C394" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="D394" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
       <c r="E394" t="s">
         <v>91</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:7" ht="12.75">
       <c r="A395" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="B395" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="C395" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D395" t="s">
         <v>65</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:7" ht="12.75">
       <c r="A396" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="B396" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C396" t="s">
         <v>64</v>
       </c>
       <c r="D396" t="s">
         <v>80</v>
       </c>
       <c r="E396" t="s">
         <v>96</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:7" ht="12.75">
       <c r="A397" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
       <c r="B397" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="C397" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G397" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:7" ht="12.75">
       <c r="A398" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="B398" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="C398" t="s">
-        <v>637</v>
+        <v>962</v>
       </c>
       <c r="D398" t="s">
         <v>9</v>
       </c>
       <c r="E398" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G398" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:7" ht="12.75">
       <c r="A399" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="B399" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="C399" t="s">
         <v>83</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>61</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:7" ht="12.75">
       <c r="A400" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="B400" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="C400" t="s">
         <v>79</v>
       </c>
       <c r="D400" t="s">
         <v>9</v>
       </c>
       <c r="E400" t="s">
         <v>61</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" tooltip="Click to view AB Global Equities Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="G2" r:id="rId2" tooltip="Click to view AB Global Equities  Target Market Determination" display="TMD"/>
     <hyperlink ref="F3" r:id="rId3" tooltip="Click to view AB Managed Volatility Equities Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="G3" r:id="rId4" tooltip="Click to view AB Managed Volatility Equities  Target Market Determination" display="TMD"/>
     <hyperlink ref="F4" r:id="rId5" tooltip="Click to view Aberdeen Std Actvly Hdg Intl Eqs Fd Product Disclosure Statement" display="PDS"/>
     <hyperlink ref="G4" r:id="rId6" tooltip="Click to view Aberdeen Std Actvly Hdg Intl Eqs Fd  Target Market Determination" display="TMD"/>