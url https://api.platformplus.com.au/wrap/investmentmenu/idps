--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -12,1990 +12,2050 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Core" sheetId="1" r:id="rId3"/>
     <sheet name="Select" sheetId="2" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2788" uniqueCount="968">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2879" uniqueCount="993">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Total Cost Ratio</t>
   </si>
   <si>
     <t>Ongoing Annual Fees And Costs</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>PDS</t>
   </si>
   <si>
     <t>TMD</t>
   </si>
   <si>
     <t>Alpha Australian Shares SMA</t>
   </si>
   <si>
     <t>M_16226</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>Australian Shares managed investment</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t>Alpha Balanced</t>
   </si>
   <si>
     <t>ETL4308AU</t>
   </si>
   <si>
     <t>0.74</t>
   </si>
   <si>
     <t>Diversified - Balanced managed investment</t>
   </si>
   <si>
     <t>Alpha Balanced SMA</t>
   </si>
   <si>
     <t>M_14312</t>
   </si>
   <si>
+    <t>Alpha Growth</t>
+  </si>
+  <si>
+    <t>ETL9255AU</t>
+  </si>
+  <si>
+    <t>0.79</t>
+  </si>
+  <si>
+    <t>Diversified - Growth managed investment</t>
+  </si>
+  <si>
+    <t>Alpha Growth SMA</t>
+  </si>
+  <si>
+    <t>M_14313</t>
+  </si>
+  <si>
+    <t>Alpha High Growth</t>
+  </si>
+  <si>
+    <t>ETL3086AU</t>
+  </si>
+  <si>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>0.13</t>
+  </si>
+  <si>
+    <t>Diversified - High Growth managed investment</t>
+  </si>
+  <si>
+    <t>Alpha High Growth SMA</t>
+  </si>
+  <si>
+    <t>M_14314</t>
+  </si>
+  <si>
+    <t>Alpha Income SMA</t>
+  </si>
+  <si>
+    <t>M_16225</t>
+  </si>
+  <si>
+    <t>Diversified - Conservative managed investment</t>
+  </si>
+  <si>
+    <t>Alpha Index Balanced SMA</t>
+  </si>
+  <si>
+    <t>M_14349</t>
+  </si>
+  <si>
+    <t>Alpha Index Conservative SMA</t>
+  </si>
+  <si>
+    <t>M_14347</t>
+  </si>
+  <si>
+    <t>Alpha Index Growth SMA</t>
+  </si>
+  <si>
+    <t>M_14350</t>
+  </si>
+  <si>
+    <t>Alpha Index High Growth SMA</t>
+  </si>
+  <si>
+    <t>M_14351</t>
+  </si>
+  <si>
+    <t>Alpha Index Moderate SMA</t>
+  </si>
+  <si>
+    <t>M_14348</t>
+  </si>
+  <si>
+    <t>Diversified - Moderate managed investment</t>
+  </si>
+  <si>
+    <t>Alpha Moderate</t>
+  </si>
+  <si>
+    <t>ETL6153AU</t>
+  </si>
+  <si>
+    <t>0.73</t>
+  </si>
+  <si>
+    <t>0.05</t>
+  </si>
+  <si>
+    <t>Alpha Moderate SMA</t>
+  </si>
+  <si>
+    <t>M_14311</t>
+  </si>
+  <si>
+    <t>AB Concentrated Australian Equities Fund</t>
+  </si>
+  <si>
+    <t>ACM0005AU</t>
+  </si>
+  <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>AB Global Equities</t>
+  </si>
+  <si>
+    <t>ACM0009AU</t>
+  </si>
+  <si>
+    <t>0.7</t>
+  </si>
+  <si>
+    <t>International Shares managed investment</t>
+  </si>
+  <si>
+    <t>AB Managed Volatility Equities</t>
+  </si>
+  <si>
+    <t>ACM0006AU</t>
+  </si>
+  <si>
+    <t>0.55</t>
+  </si>
+  <si>
+    <t>0.03</t>
+  </si>
+  <si>
+    <t>Aberdeen Std Actvly Hdg Intl Eqs Fd</t>
+  </si>
+  <si>
+    <t>CRS0005AU</t>
+  </si>
+  <si>
+    <t>0.98</t>
+  </si>
+  <si>
+    <t>0.01</t>
+  </si>
+  <si>
+    <t>Aberdeen Std Asian Opportunities Fd</t>
+  </si>
+  <si>
+    <t>EQI0028AU</t>
+  </si>
+  <si>
+    <t>1.18</t>
+  </si>
+  <si>
+    <t>0.04</t>
+  </si>
+  <si>
+    <t>Aberdeen Std Australian Small Coms Fd</t>
+  </si>
+  <si>
+    <t>CSA0131AU</t>
+  </si>
+  <si>
+    <t>1.26</t>
+  </si>
+  <si>
+    <t>Aberdeen Std Emerging Opports Fd</t>
+  </si>
+  <si>
+    <t>ETL0032AU</t>
+  </si>
+  <si>
+    <t>0.99</t>
+  </si>
+  <si>
+    <t>0.02</t>
+  </si>
+  <si>
+    <t>abrdn Multi-Asset Real Return A</t>
+  </si>
+  <si>
+    <t>CRS0002AU</t>
+  </si>
+  <si>
+    <t>1.1</t>
+  </si>
+  <si>
+    <t>Acadian Wholesale Aus Equity Long Short</t>
+  </si>
+  <si>
+    <t>FSF3982AU</t>
+  </si>
+  <si>
+    <t>0.77</t>
+  </si>
+  <si>
+    <t>0.25</t>
+  </si>
+  <si>
+    <t>Activex Ardea Real Outcome Bond ETF</t>
+  </si>
+  <si>
+    <t>XARO</t>
+  </si>
+  <si>
+    <t>0.5</t>
+  </si>
+  <si>
+    <t>Alternative Assets</t>
+  </si>
+  <si>
+    <t>Affirmative Global Bond Fund – Class A</t>
+  </si>
+  <si>
+    <t>FSF7298AU</t>
+  </si>
+  <si>
+    <t>0.57</t>
+  </si>
+  <si>
+    <t>0.21</t>
+  </si>
+  <si>
+    <t>International Fixed Interest</t>
+  </si>
+  <si>
+    <t>Aikya Emerging Markets Opportunities</t>
+  </si>
+  <si>
+    <t>WHT2409AU</t>
+  </si>
+  <si>
+    <t>Airlie Australian Share ETF</t>
+  </si>
+  <si>
+    <t>AASF</t>
+  </si>
+  <si>
+    <t>0.78</t>
+  </si>
+  <si>
+    <t>Alexander Credit Income Fund</t>
+  </si>
+  <si>
+    <t>ETL2805AU</t>
+  </si>
+  <si>
+    <t>0.65</t>
+  </si>
+  <si>
+    <t>Allan Gray Australia Equity A</t>
+  </si>
+  <si>
+    <t>ETL0060AU</t>
+  </si>
+  <si>
+    <t>Alphinity Global Equity</t>
+  </si>
+  <si>
+    <t>HOW0164AU</t>
+  </si>
+  <si>
+    <t>1.04</t>
+  </si>
+  <si>
+    <t>Alphinity Sustainable Share</t>
+  </si>
+  <si>
+    <t>HOW0121AU</t>
+  </si>
+  <si>
+    <t>0.95</t>
+  </si>
+  <si>
+    <t>Altrinsic Global Equities Trust</t>
+  </si>
+  <si>
+    <t>ANT0005AU</t>
+  </si>
+  <si>
+    <t>AMP Capital Corporate Bond A</t>
+  </si>
+  <si>
+    <t>AMP0557AU</t>
+  </si>
+  <si>
+    <t>0.09</t>
+  </si>
+  <si>
+    <t>AMP Capital Global Property Securities A</t>
+  </si>
+  <si>
+    <t>AMP0974AU</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Real Estate Investment Trusts (REITs)</t>
+  </si>
+  <si>
+    <t>AMP Capital W Australian Property</t>
+  </si>
+  <si>
+    <t>NML0001AU</t>
+  </si>
+  <si>
+    <t>1.4</t>
+  </si>
+  <si>
+    <t>Property Shares managed investment</t>
+  </si>
+  <si>
+    <t>Antares Ex-20</t>
+  </si>
+  <si>
+    <t>PPL5308AU</t>
+  </si>
+  <si>
+    <t>1.19</t>
+  </si>
+  <si>
+    <t>0.19</t>
+  </si>
+  <si>
+    <t>Antares Income fund</t>
+  </si>
+  <si>
+    <t>PPL0028AU</t>
+  </si>
+  <si>
+    <t>0.29</t>
+  </si>
+  <si>
+    <t>0.06</t>
+  </si>
+  <si>
+    <t>Antares Prof Dividend Builder</t>
+  </si>
+  <si>
+    <t>PPL0002AU</t>
+  </si>
+  <si>
+    <t>0.6</t>
+  </si>
+  <si>
+    <t>Antares Prof Elite Opportunities</t>
+  </si>
+  <si>
+    <t>PPL0115AU</t>
+  </si>
+  <si>
+    <t>Antares Prof High Growth Shares</t>
+  </si>
+  <si>
+    <t>PPL0106AU</t>
+  </si>
+  <si>
+    <t>1.15</t>
+  </si>
+  <si>
+    <t>Antipodes Asia Fund</t>
+  </si>
+  <si>
+    <t>MAQ0635AU</t>
+  </si>
+  <si>
+    <t>1.2</t>
+  </si>
+  <si>
+    <t>Antipodes Global Fund</t>
+  </si>
+  <si>
+    <t>IOF0045AU</t>
+  </si>
+  <si>
+    <t>0.2</t>
+  </si>
+  <si>
+    <t>Ardea Real Outcome Fund</t>
+  </si>
+  <si>
+    <t>HOW0098AU</t>
+  </si>
+  <si>
+    <t>Argo Ord</t>
+  </si>
+  <si>
+    <t>ARG</t>
+  </si>
+  <si>
+    <t>Arrowstreet Global Equity</t>
+  </si>
+  <si>
+    <t>MAQ0464AU</t>
+  </si>
+  <si>
+    <t>1.28</t>
+  </si>
+  <si>
+    <t>Arrowstreet Global Equity Hedged</t>
+  </si>
+  <si>
+    <t>MAQ0079AU</t>
+  </si>
+  <si>
+    <t>Aspect Absolute Return Fund Class A</t>
+  </si>
+  <si>
+    <t>FSF3532AU</t>
+  </si>
+  <si>
+    <t>1.08</t>
+  </si>
+  <si>
+    <t>0.64</t>
+  </si>
+  <si>
+    <t>Aspect Diversified Futures-Class A</t>
+  </si>
+  <si>
+    <t>FSF1086AU</t>
+  </si>
+  <si>
+    <t>2.66</t>
+  </si>
+  <si>
+    <t>ATLAS Infrastructure Global D – AUD Hgd</t>
+  </si>
+  <si>
+    <t>PIM1961AU</t>
+  </si>
+  <si>
+    <t>Listed Infrastructure</t>
+  </si>
+  <si>
+    <t>Ausbil 130/30 Focus - Wholesale</t>
+  </si>
+  <si>
+    <t>AAP0008AU</t>
+  </si>
+  <si>
+    <t>1.13</t>
+  </si>
+  <si>
+    <t>1.73</t>
+  </si>
+  <si>
+    <t>Ausbil Active Sustainable Equity</t>
+  </si>
+  <si>
+    <t>AAP3940AU</t>
+  </si>
+  <si>
+    <t>Ausbil Australian Active Equity</t>
+  </si>
+  <si>
+    <t>AAP0103AU</t>
+  </si>
+  <si>
+    <t>0.9</t>
+  </si>
+  <si>
+    <t>Ausbil Australian Emerging Leaders</t>
+  </si>
+  <si>
+    <t>AAP0104AU</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Australian Ethical Australian Shr WS</t>
+  </si>
+  <si>
+    <t>AUG0018AU</t>
+  </si>
+  <si>
+    <t>Australian Ethical Balanced WS</t>
+  </si>
+  <si>
+    <t>AUG0017AU</t>
+  </si>
+  <si>
+    <t>0.91</t>
+  </si>
+  <si>
+    <t>Australian Ethical Emerging Companies WS</t>
+  </si>
+  <si>
+    <t>AUG0027AU</t>
+  </si>
+  <si>
+    <t>1.49</t>
+  </si>
+  <si>
+    <t>Australian Ethical Fixed Interest WS</t>
+  </si>
+  <si>
+    <t>AUG0023AU</t>
+  </si>
+  <si>
+    <t>0.3</t>
+  </si>
+  <si>
+    <t>Australian Fixed Interest</t>
+  </si>
+  <si>
+    <t>Australian Ethical Intl Shr WS</t>
+  </si>
+  <si>
+    <t>AUG0025AU</t>
+  </si>
+  <si>
+    <t>0.59</t>
+  </si>
+  <si>
+    <t>Australian Foundation InvesCo Ord</t>
+  </si>
+  <si>
+    <t>AFI</t>
+  </si>
+  <si>
+    <t>Australian Unity Property Income Fund</t>
+  </si>
+  <si>
+    <t>YOC0100AU</t>
+  </si>
+  <si>
+    <t>1.14</t>
+  </si>
+  <si>
+    <t>AXA IM Sustainable Equity</t>
+  </si>
+  <si>
+    <t>ETL0171AU</t>
+  </si>
+  <si>
+    <t>0.35</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Glb Stewardship A</t>
+  </si>
+  <si>
+    <t>FSF4018AU</t>
+  </si>
+  <si>
+    <t>Baillie Gifford LT Gbl Growth A</t>
+  </si>
+  <si>
+    <t>FSF5774AU</t>
+  </si>
+  <si>
+    <t>0.97</t>
+  </si>
+  <si>
+    <t>Barrow Hanley Global Share A</t>
+  </si>
+  <si>
+    <t>PER0733AU</t>
+  </si>
+  <si>
+    <t>Bennelong Concentrated Australian Eq</t>
+  </si>
+  <si>
+    <t>BFL0002AU</t>
+  </si>
+  <si>
+    <t>1.52</t>
+  </si>
+  <si>
+    <t>Bennelong ex-20 Australian Equities</t>
+  </si>
+  <si>
+    <t>BFL0004AU</t>
+  </si>
+  <si>
+    <t>1.81</t>
+  </si>
+  <si>
+    <t>Bentham Global Income</t>
+  </si>
+  <si>
+    <t>CSA0038AU</t>
+  </si>
+  <si>
+    <t>Diversified Fixed Interest</t>
+  </si>
+  <si>
+    <t>Bentham Syndicated Loan</t>
+  </si>
+  <si>
+    <t>CSA0046AU</t>
+  </si>
+  <si>
+    <t>0.84</t>
+  </si>
+  <si>
+    <t>BetaShares Asia Technology Tigers ETF</t>
+  </si>
+  <si>
+    <t>ASIA</t>
+  </si>
+  <si>
+    <t>0.67</t>
+  </si>
+  <si>
+    <t>Betashares Aus Bank Sr Fltng Rt Bd ETF</t>
+  </si>
+  <si>
+    <t>QPON</t>
+  </si>
+  <si>
+    <t>0.22</t>
+  </si>
+  <si>
+    <t>BetaShares Aus Ex-20 Port Divrs ETF</t>
+  </si>
+  <si>
+    <t>EX20</t>
+  </si>
+  <si>
+    <t>BetaShares Aus High Interest Cash ETF</t>
+  </si>
+  <si>
+    <t>AAA</t>
+  </si>
+  <si>
+    <t>0.18</t>
+  </si>
+  <si>
+    <t>Cash (cash managed funds and cash products)</t>
+  </si>
+  <si>
+    <t>BetaShares Aus Inv Grd Corp Bd ETF</t>
+  </si>
+  <si>
+    <t>CRED</t>
+  </si>
+  <si>
+    <t>Betashares AUS Top 20 EqYldMxmsrCmplxETF</t>
+  </si>
+  <si>
+    <t>YMAX</t>
+  </si>
+  <si>
+    <t>Betashares Aust Mjr Bnk Hyb Idx ETF</t>
+  </si>
+  <si>
+    <t>BHYB</t>
+  </si>
+  <si>
+    <t>Betashares Aust Resources Sector ETF</t>
+  </si>
+  <si>
+    <t>QRE</t>
+  </si>
+  <si>
+    <t>0.34</t>
+  </si>
+  <si>
+    <t>BetaShares Australia 200 ETF</t>
+  </si>
+  <si>
+    <t>A200</t>
+  </si>
+  <si>
+    <t>BetaShares Australian Fincls Sect ETF</t>
+  </si>
+  <si>
+    <t>QFN</t>
+  </si>
+  <si>
+    <t>BetaShares Australian Government Bd ETF</t>
+  </si>
+  <si>
+    <t>AGVT</t>
+  </si>
+  <si>
+    <t>Betashares Australian Hybrids Active ETF</t>
+  </si>
+  <si>
+    <t>HBRD</t>
+  </si>
+  <si>
+    <t>0.56</t>
+  </si>
+  <si>
+    <t>BetaShares Australian Quality ETF</t>
+  </si>
+  <si>
+    <t>AQLT</t>
+  </si>
+  <si>
+    <t>BetaShares Australian Sustnby Ldrs ETF</t>
+  </si>
+  <si>
+    <t>FAIR</t>
+  </si>
+  <si>
+    <t>0.49</t>
+  </si>
+  <si>
+    <t>Betashares ERTH ETF</t>
+  </si>
+  <si>
+    <t>ERTH</t>
+  </si>
+  <si>
+    <t>BetaShares ETFS Physical Gold ETC</t>
+  </si>
+  <si>
+    <t>GOLD</t>
+  </si>
+  <si>
+    <t>BetaShares Geared AUS Eq Complx ETF</t>
+  </si>
+  <si>
+    <t>GEAR</t>
+  </si>
+  <si>
+    <t>2.23</t>
+  </si>
+  <si>
+    <t>Betashares Geared US Eq Ccy H Cmplx ETF</t>
+  </si>
+  <si>
+    <t>GGUS</t>
+  </si>
+  <si>
+    <t>0.8</t>
+  </si>
+  <si>
+    <t>Betashares Global Green Bond Ccy Hdg ETF</t>
+  </si>
+  <si>
+    <t>GBND</t>
+  </si>
+  <si>
+    <t>0.39</t>
+  </si>
+  <si>
+    <t>BetaShares Global Quality Leaders ETF</t>
+  </si>
+  <si>
+    <t>QLTY</t>
+  </si>
+  <si>
+    <t>Betashares Global Shares Ccy Hdg ETF</t>
+  </si>
+  <si>
+    <t>HGBL</t>
+  </si>
+  <si>
+    <t>0.11</t>
+  </si>
+  <si>
+    <t>BetaShares Global Sstnbty Ldrs ETF</t>
+  </si>
+  <si>
+    <t>ETHI</t>
+  </si>
+  <si>
+    <t>Betashares Global Sustnby Ldrs Ccy H ETF</t>
+  </si>
+  <si>
+    <t>HETH</t>
+  </si>
+  <si>
+    <t>0.62</t>
+  </si>
+  <si>
+    <t>BetaShares Gold Bullion ETF Ccy Hedged</t>
+  </si>
+  <si>
+    <t>QAU</t>
+  </si>
+  <si>
+    <t>BetaShares India Quality ETF</t>
+  </si>
+  <si>
+    <t>IIND</t>
+  </si>
+  <si>
+    <t>BetaShares Legg Mason Australian Bd ETF</t>
+  </si>
+  <si>
+    <t>BNDS</t>
+  </si>
+  <si>
+    <t>0.42</t>
+  </si>
+  <si>
+    <t>Betashares NASDAQ 100 ETF</t>
+  </si>
+  <si>
+    <t>NDQ</t>
+  </si>
+  <si>
+    <t>0.48</t>
+  </si>
+  <si>
+    <t>BetaShares US Trs Bd 20+Yr Ccy H ETF</t>
+  </si>
+  <si>
+    <t>GGOV</t>
+  </si>
+  <si>
+    <t>BlackRock Balanced Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK1918AU</t>
+  </si>
+  <si>
+    <t>0.08</t>
+  </si>
+  <si>
+    <t>BlackRock Conservative Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK6264AU</t>
+  </si>
+  <si>
+    <t>BlackRock Diversified ESG Growth Fund</t>
+  </si>
+  <si>
+    <t>BAR0813AU</t>
+  </si>
+  <si>
+    <t>0.12</t>
+  </si>
+  <si>
+    <t>BlackRock Diversified ESG Stable Fund</t>
+  </si>
+  <si>
+    <t>BAR0811AU</t>
+  </si>
+  <si>
+    <t>BlackRock Global Allocation Fund (Aust)</t>
+  </si>
+  <si>
+    <t>MAL0018AU</t>
+  </si>
+  <si>
+    <t>1.17</t>
+  </si>
+  <si>
+    <t>0.31</t>
+  </si>
+  <si>
+    <t>BlackRock Global Multi-Asset Income Fund (Aust)</t>
+  </si>
+  <si>
+    <t>BLK0009AU</t>
+  </si>
+  <si>
+    <t>0.83</t>
+  </si>
+  <si>
+    <t>BlackRock Growth Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK9560AU</t>
+  </si>
+  <si>
+    <t>0.07</t>
+  </si>
+  <si>
+    <t>BlackRock High Conviction Australian Equity Fund</t>
+  </si>
+  <si>
+    <t>BLK0012AU</t>
+  </si>
+  <si>
+    <t>BlackRock High Growth Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK1596AU</t>
+  </si>
+  <si>
+    <t>BlackRock Moderate Multi-Index Fund</t>
+  </si>
+  <si>
+    <t>BLK3651AU</t>
+  </si>
+  <si>
+    <t>BlackRock Tactical Growth Fund</t>
+  </si>
+  <si>
+    <t>PWA0822AU</t>
+  </si>
+  <si>
+    <t>0.36</t>
+  </si>
+  <si>
+    <t>Candriam Sustainable Global Equity</t>
+  </si>
+  <si>
+    <t>AAP0001AU</t>
+  </si>
+  <si>
+    <t>Capital Group New Perspective Hdg (AU)</t>
+  </si>
+  <si>
+    <t>CIM0008AU</t>
+  </si>
+  <si>
+    <t>0.75</t>
+  </si>
+  <si>
+    <t>CC RWC Global Emerging Markets</t>
+  </si>
+  <si>
+    <t>CHN8850AU</t>
+  </si>
+  <si>
+    <t>1.23</t>
+  </si>
+  <si>
+    <t>0.88</t>
+  </si>
+  <si>
+    <t>CC Sage Capital Absolute Return</t>
+  </si>
+  <si>
+    <t>CHN5843AU</t>
+  </si>
+  <si>
+    <t>1.39</t>
+  </si>
+  <si>
+    <t>Charter Hall Direct Industrial Fund No 4</t>
+  </si>
+  <si>
+    <t>MAQ0854AU</t>
+  </si>
+  <si>
+    <t>1.9</t>
+  </si>
+  <si>
+    <t>5.38</t>
+  </si>
+  <si>
+    <t>Charter Hall Long WALE Fund</t>
+  </si>
+  <si>
+    <t>MAQ5703AU</t>
+  </si>
+  <si>
+    <t>Charter Hall Maxim Property Securities</t>
+  </si>
+  <si>
+    <t>COL0001AU</t>
+  </si>
+  <si>
+    <t>Daintree Core Income Trust</t>
+  </si>
+  <si>
+    <t>WPC1963AU</t>
+  </si>
+  <si>
+    <t>Dexus AREIT</t>
+  </si>
+  <si>
+    <t>APN0008AU</t>
+  </si>
+  <si>
+    <t>Dimensional Sustainability World Eq Trst</t>
+  </si>
+  <si>
+    <t>DFA4137AU</t>
+  </si>
+  <si>
+    <t>0.41</t>
+  </si>
+  <si>
+    <t>Dimensional Sustnby Wld Allc 70/30 Tr</t>
+  </si>
+  <si>
+    <t>DFA7518AU</t>
+  </si>
+  <si>
+    <t>DNR Capital Aus Eq High Conviction R</t>
+  </si>
+  <si>
+    <t>PIM0028AU</t>
+  </si>
+  <si>
+    <t>Eley Griffiths Group Small Companies</t>
+  </si>
+  <si>
+    <t>EGG0001AU</t>
+  </si>
+  <si>
+    <t>1.41</t>
+  </si>
+  <si>
+    <t>Epoch Gbl Eq Shldr Yld Fd Hgd</t>
+  </si>
+  <si>
+    <t>GSF0001AU</t>
+  </si>
+  <si>
+    <t>1.3</t>
+  </si>
+  <si>
+    <t>Epoch Gbl Eq Shldr Yld Fd Uhgd</t>
+  </si>
+  <si>
+    <t>GSF0002AU</t>
+  </si>
+  <si>
+    <t>1.25</t>
+  </si>
+  <si>
+    <t>Fairlight Global Small &amp; Mid Cap Ord</t>
+  </si>
+  <si>
+    <t>PIM7802AU</t>
+  </si>
+  <si>
+    <t>1.46</t>
+  </si>
+  <si>
+    <t>Fairview Equity Partners Emerging Co</t>
+  </si>
+  <si>
+    <t>ANT0002AU</t>
+  </si>
+  <si>
+    <t>2.35</t>
+  </si>
+  <si>
+    <t>Fidelity Asia</t>
+  </si>
+  <si>
+    <t>FID0010AU</t>
+  </si>
+  <si>
+    <t>Fidelity Australian Equities</t>
+  </si>
+  <si>
+    <t>FID0008AU</t>
+  </si>
+  <si>
+    <t>Fidelity Australian Opportunities</t>
+  </si>
+  <si>
+    <t>FID0021AU</t>
+  </si>
+  <si>
+    <t>Fidelity Future Leaders</t>
+  </si>
+  <si>
+    <t>FID0026AU</t>
+  </si>
+  <si>
+    <t>Fidelity India</t>
+  </si>
+  <si>
+    <t>FID0015AU</t>
+  </si>
+  <si>
+    <t>First Sentier ex-20 Australian Share</t>
+  </si>
+  <si>
+    <t>PIM1925AU</t>
+  </si>
+  <si>
+    <t>1.5</t>
+  </si>
+  <si>
+    <t>First Sentier Geared AUS Shr cmplx ETF</t>
+  </si>
+  <si>
+    <t>LEVR</t>
+  </si>
+  <si>
+    <t>Franklin Australian Absolute Ret Bd AETF</t>
+  </si>
+  <si>
+    <t>FRAR</t>
+  </si>
+  <si>
+    <t>Franklin Australian Absolute Return Bd W</t>
+  </si>
+  <si>
+    <t>FRT0027AU</t>
+  </si>
+  <si>
+    <t>Franklin Global Growth Fund – W Class</t>
+  </si>
+  <si>
+    <t>FRT0009AU</t>
+  </si>
+  <si>
+    <t>Franklin Templeton Global Aggregate Bd W</t>
+  </si>
+  <si>
+    <t>FRT0025AU</t>
+  </si>
+  <si>
+    <t>0.14</t>
+  </si>
+  <si>
+    <t>FSI Cash Fund</t>
+  </si>
+  <si>
+    <t>PIM3425AU</t>
+  </si>
+  <si>
+    <t>FSI Global Listed Infrastructure</t>
+  </si>
+  <si>
+    <t>FSF1241AU</t>
+  </si>
+  <si>
+    <t>FSI Wholesale Geared Share</t>
+  </si>
+  <si>
+    <t>FSF0043AU</t>
+  </si>
+  <si>
+    <t>2.28</t>
+  </si>
+  <si>
+    <t>FSI Wholesale Global Credit Income</t>
+  </si>
+  <si>
+    <t>FSF0084AU</t>
+  </si>
+  <si>
+    <t>0.63</t>
+  </si>
+  <si>
+    <t>FSI Wholesale Global Property Securities</t>
+  </si>
+  <si>
+    <t>FSF0454AU</t>
+  </si>
+  <si>
+    <t>1.02</t>
+  </si>
+  <si>
+    <t>FSSA Asian Growth Fund</t>
+  </si>
+  <si>
+    <t>FSF1773AU</t>
+  </si>
+  <si>
+    <t>FSSA Global Emerg Markets Focus Fund</t>
+  </si>
+  <si>
+    <t>FSF8443AU</t>
+  </si>
+  <si>
+    <t>0.96</t>
+  </si>
+  <si>
+    <t>Global X FANG+ Currency Hedged ETF</t>
+  </si>
+  <si>
+    <t>FHNG</t>
+  </si>
+  <si>
+    <t>0.38</t>
+  </si>
+  <si>
+    <t>Global X FANG+ ETF</t>
+  </si>
+  <si>
+    <t>FANG</t>
+  </si>
+  <si>
+    <t>Global X S&amp;P/ASX 200 High Dividend ETF</t>
+  </si>
+  <si>
+    <t>ZYAU</t>
+  </si>
+  <si>
+    <t>0.24</t>
+  </si>
+  <si>
+    <t>Global X Semiconductor ETF</t>
+  </si>
+  <si>
+    <t>SEMI</t>
+  </si>
+  <si>
     <t>0.45</t>
   </si>
   <si>
-    <t>Alpha Growth</t>
-[...38 lines deleted...]
-    <t>M_14314</t>
+    <t>Global X US Treasury Bond (Ccy Hdg) ETF</t>
+  </si>
+  <si>
+    <t>USTB</t>
+  </si>
+  <si>
+    <t>GQG Partners Emerging Markets Equity</t>
+  </si>
+  <si>
+    <t>ETL4207AU</t>
+  </si>
+  <si>
+    <t>GQG Partners Global Equity Fund</t>
+  </si>
+  <si>
+    <t>ETL7377AU</t>
+  </si>
+  <si>
+    <t>Hyperion Australian Growth Companies</t>
+  </si>
+  <si>
+    <t>BNT0003AU</t>
+  </si>
+  <si>
+    <t>Hyperion Global Gr Coms Active ETF</t>
+  </si>
+  <si>
+    <t>HYGG</t>
+  </si>
+  <si>
+    <t>1.91</t>
+  </si>
+  <si>
+    <t>Hyperion Global Growth Companies B</t>
+  </si>
+  <si>
+    <t>WHT8435AU</t>
+  </si>
+  <si>
+    <t>IFP Global Franchise</t>
+  </si>
+  <si>
+    <t>MAQ0404AU</t>
+  </si>
+  <si>
+    <t>IFP Global Franchise Fund (Hedged)</t>
+  </si>
+  <si>
+    <t>MAQ0631AU</t>
+  </si>
+  <si>
+    <t>Intermede Global Equities Fund</t>
+  </si>
+  <si>
+    <t>PPL0036AU</t>
+  </si>
+  <si>
+    <t>Investors Mutual Equity Income</t>
+  </si>
+  <si>
+    <t>IML0005AU</t>
+  </si>
+  <si>
+    <t>Investors Mutual WS Aus Smaller Co</t>
+  </si>
+  <si>
+    <t>IML0001AU</t>
+  </si>
+  <si>
+    <t>Investors Mutual WS Australian Share</t>
+  </si>
+  <si>
+    <t>IML0002AU</t>
+  </si>
+  <si>
+    <t>Investors Mutual WS Future Leaders</t>
+  </si>
+  <si>
+    <t>IML0003AU</t>
+  </si>
+  <si>
+    <t>Ironbark Paladin Property Securities</t>
+  </si>
+  <si>
+    <t>PAL0002AU</t>
+  </si>
+  <si>
+    <t>iShares 15+ Year Australian Gov Bd ETF</t>
+  </si>
+  <si>
+    <t>ALTB</t>
+  </si>
+  <si>
+    <t>0.15</t>
+  </si>
+  <si>
+    <t>iShares Asia 50 ETF (AU)</t>
+  </si>
+  <si>
+    <t>IAA</t>
+  </si>
+  <si>
+    <t>iShares Australian Bond Index</t>
+  </si>
+  <si>
+    <t>BGL0105AU</t>
+  </si>
+  <si>
+    <t>iShares Australian Equity Index</t>
+  </si>
+  <si>
+    <t>BGL0034AU</t>
+  </si>
+  <si>
+    <t>iShares Australian Listed Property Index</t>
+  </si>
+  <si>
+    <t>BGL0108AU</t>
+  </si>
+  <si>
+    <t>iShares Core Cash ETF</t>
+  </si>
+  <si>
+    <t>BILL</t>
+  </si>
+  <si>
+    <t>iShares Core Composite Bond ETF</t>
+  </si>
+  <si>
+    <t>IAF</t>
+  </si>
+  <si>
+    <t>iShares Core Coprorate Bond</t>
+  </si>
+  <si>
+    <t>ICOR</t>
+  </si>
+  <si>
+    <t>iShares Core FTSE Glb Prpty ExAusAUDHETF</t>
+  </si>
+  <si>
+    <t>GLPR</t>
+  </si>
+  <si>
+    <t>iShares Core FTSE Global Infras AUDH ETF</t>
+  </si>
+  <si>
+    <t>GLIN</t>
+  </si>
+  <si>
+    <t>iShares Core MSCI Australia ESG ETF</t>
+  </si>
+  <si>
+    <t>IESG</t>
+  </si>
+  <si>
+    <t>iShares Core MSCI World All Cap AUDH ETF</t>
+  </si>
+  <si>
+    <t>IHWL</t>
+  </si>
+  <si>
+    <t>iShares Core MSCI World All Cap ETF</t>
+  </si>
+  <si>
+    <t>IWLD</t>
+  </si>
+  <si>
+    <t>iShares Core S&amp;P/ASX 200 ETF</t>
+  </si>
+  <si>
+    <t>IOZ</t>
+  </si>
+  <si>
+    <t>iShares Enhanced Cash ETF</t>
+  </si>
+  <si>
+    <t>ISEC</t>
+  </si>
+  <si>
+    <t>Short Term Fixed Interest</t>
+  </si>
+  <si>
+    <t>iShares ESG Australian Bond Index D</t>
+  </si>
+  <si>
+    <t>BLK2127AU</t>
+  </si>
+  <si>
+    <t>iShares ESG Global Bond Index D</t>
+  </si>
+  <si>
+    <t>BLK4636AU</t>
+  </si>
+  <si>
+    <t>iShares Europe ETF (AU)</t>
+  </si>
+  <si>
+    <t>IEU</t>
+  </si>
+  <si>
+    <t>iShares Global 100 AUD Hedged ETF</t>
+  </si>
+  <si>
+    <t>IHOO</t>
+  </si>
+  <si>
+    <t>0.43</t>
+  </si>
+  <si>
+    <t>iShares Global 100 ETF (AU)</t>
+  </si>
+  <si>
+    <t>IOO</t>
+  </si>
+  <si>
+    <t>iShares Global Aggregate Bd ESG AUDH ETF</t>
+  </si>
+  <si>
+    <t>AESG</t>
+  </si>
+  <si>
+    <t>iShares Global Bond Index</t>
+  </si>
+  <si>
+    <t>BGL0008AU</t>
+  </si>
+  <si>
+    <t>iShares Global Bond Index Fund S</t>
+  </si>
+  <si>
+    <t>BLK4812AU</t>
+  </si>
+  <si>
+    <t>iShares Global Healthcare ETF (AU)</t>
+  </si>
+  <si>
+    <t>IXJ</t>
+  </si>
+  <si>
+    <t>iShares Global High Yield Bond AUDH ETF</t>
+  </si>
+  <si>
+    <t>IHHY</t>
+  </si>
+  <si>
+    <t>0.61</t>
+  </si>
+  <si>
+    <t>iShares Government Inflation ETF</t>
+  </si>
+  <si>
+    <t>ILB</t>
+  </si>
+  <si>
+    <t>iShares Hedged International Eq Idx Fd S</t>
+  </si>
+  <si>
+    <t>BLK7938AU</t>
+  </si>
+  <si>
+    <t>iShares Hedged International Equity Idx</t>
+  </si>
+  <si>
+    <t>BGL0044AU</t>
+  </si>
+  <si>
+    <t>iShares International Equity Index</t>
+  </si>
+  <si>
+    <t>BGL0106AU</t>
+  </si>
+  <si>
+    <t>iShares JP Morgan USD EmMkts Bd AUDH ETF</t>
+  </si>
+  <si>
+    <t>IHEB</t>
+  </si>
+  <si>
+    <t>0.53</t>
+  </si>
+  <si>
+    <t>iShares MSCI EAFE ETF (AU)</t>
+  </si>
+  <si>
+    <t>IVE</t>
+  </si>
+  <si>
+    <t>0.32</t>
+  </si>
+  <si>
+    <t>iShares MSCI Emerging Markets ETF AUD</t>
+  </si>
+  <si>
+    <t>IEM</t>
+  </si>
+  <si>
+    <t>0.71</t>
+  </si>
+  <si>
+    <t>iShares MSCI Japan ETF</t>
+  </si>
+  <si>
+    <t>IJP</t>
+  </si>
+  <si>
+    <t>iShares MSCI South Korea ETF</t>
+  </si>
+  <si>
+    <t>IKO</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P 500 AUD Hedged ETF</t>
+  </si>
+  <si>
+    <t>IHVV</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P 500 ETF</t>
+  </si>
+  <si>
+    <t>IVV</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P/ASX 20 ETF</t>
+  </si>
+  <si>
+    <t>ILC</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P/ASX Dividend Opps ETF</t>
+  </si>
+  <si>
+    <t>IHD</t>
+  </si>
+  <si>
+    <t>0.23</t>
+  </si>
+  <si>
+    <t>iShares S&amp;P/ASX Small Ordinaries ETF</t>
+  </si>
+  <si>
+    <t>ISO</t>
+  </si>
+  <si>
+    <t>iShares Treasury ETF</t>
+  </si>
+  <si>
+    <t>IGB</t>
+  </si>
+  <si>
+    <t>iShares Wholesale Australian Eq Idx S</t>
+  </si>
+  <si>
+    <t>BLK9675AU</t>
+  </si>
+  <si>
+    <t>iShares Yield Plus ETF</t>
+  </si>
+  <si>
+    <t>IYLD</t>
+  </si>
+  <si>
+    <t>Janus Henderson Australian Fxd Intst</t>
+  </si>
+  <si>
+    <t>IOF0046AU</t>
+  </si>
+  <si>
+    <t>Janus Henderson Tactical Income</t>
+  </si>
+  <si>
+    <t>IOF0145AU</t>
+  </si>
+  <si>
+    <t>Kapstream Absolute Return Income</t>
+  </si>
+  <si>
+    <t>HOW0052AU</t>
+  </si>
+  <si>
+    <t>Lazard Emerging Markets Equity I</t>
+  </si>
+  <si>
+    <t>LAZ0003AU</t>
+  </si>
+  <si>
+    <t>Lazard Global Equity Franchise</t>
+  </si>
+  <si>
+    <t>LAZ0025AU</t>
+  </si>
+  <si>
+    <t>Lazard Global Listed Infrastructure</t>
+  </si>
+  <si>
+    <t>LAZ0014AU</t>
+  </si>
+  <si>
+    <t>Lazard Select Australian Equity I Cl</t>
+  </si>
+  <si>
+    <t>LAZ0010AU</t>
+  </si>
+  <si>
+    <t>LAZ0005AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Brandywine Glb Oppc Fxd Inc A</t>
+  </si>
+  <si>
+    <t>SSB0014AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Brandywine Global Income Optimiser Fund – Class A</t>
+  </si>
+  <si>
+    <t>SSB0515AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Martin Currie Emerging Markets Fund – Class A</t>
+  </si>
+  <si>
+    <t>ETL0201AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Martin Currie Equity Income Fund – Class A</t>
+  </si>
+  <si>
+    <t>SSB0043AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Martin Currie Real Income A</t>
+  </si>
+  <si>
+    <t>SSB0026AU</t>
+  </si>
+  <si>
+    <t>Legg Mason Western Asset Aus Bd A</t>
+  </si>
+  <si>
+    <t>SSB0122AU</t>
+  </si>
+  <si>
+    <t>Loftus Peak Global Disruption</t>
+  </si>
+  <si>
+    <t>MMC0110AU</t>
+  </si>
+  <si>
+    <t>2.19</t>
+  </si>
+  <si>
+    <t>Loftus Peak Global Disruption Hedged</t>
+  </si>
+  <si>
+    <t>ETL9930AU</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
+    <t>Loftus Peak Global Disruption Mgd Fd ETF</t>
+  </si>
+  <si>
+    <t>LPGD</t>
+  </si>
+  <si>
+    <t>2.55</t>
+  </si>
+  <si>
+    <t>Loomis Sayles Global share Fund</t>
+  </si>
+  <si>
+    <t>IML0341AU</t>
+  </si>
+  <si>
+    <t>Macquarie Dynamic Bond</t>
+  </si>
+  <si>
+    <t>MAQ0274AU</t>
+  </si>
+  <si>
+    <t>Macquarie Income Opportunities</t>
+  </si>
+  <si>
+    <t>MAQ0277AU</t>
   </si>
   <si>
     <t>0.52</t>
   </si>
   <si>
-    <t>Alpha Income SMA</t>
-[...1567 lines deleted...]
-  <si>
     <t>Macquarie Int Infrastructure Secs Unhdgd</t>
   </si>
   <si>
     <t>MAQ0825AU</t>
   </si>
   <si>
     <t>1.01</t>
   </si>
   <si>
     <t>Macquarie International Infra Ses</t>
   </si>
   <si>
     <t>MAQ0432AU</t>
   </si>
   <si>
-    <t>MAGELLAN ASSET MANAGEMENT LTD AIRLIE AUSTRALIAN SHS AUD</t>
-[...5 lines deleted...]
-    <t>0.78</t>
+    <t>Macquarie True Index Aust Fixed Interest</t>
+  </si>
+  <si>
+    <t>MAQ0211AU</t>
   </si>
   <si>
     <t>Magellan Global</t>
   </si>
   <si>
     <t>MGE0001AU</t>
   </si>
   <si>
     <t>Magellan Global (Hedged)</t>
   </si>
   <si>
     <t>MGE0007AU</t>
   </si>
   <si>
+    <t>1.36</t>
+  </si>
+  <si>
+    <t>Magellan Global (Open Class)</t>
+  </si>
+  <si>
+    <t>MGOC</t>
+  </si>
+  <si>
+    <t>Magellan Global Equities Currency H ETF</t>
+  </si>
+  <si>
+    <t>MHG</t>
+  </si>
+  <si>
+    <t>Magellan Infrastructure</t>
+  </si>
+  <si>
+    <t>MGE0002AU</t>
+  </si>
+  <si>
+    <t>Magellan Infrastructure (Unhedged)</t>
+  </si>
+  <si>
+    <t>MGE0006AU</t>
+  </si>
+  <si>
+    <t>1.11</t>
+  </si>
+  <si>
+    <t>Magellan Infrastructure Ccy Hdg ETF</t>
+  </si>
+  <si>
+    <t>MICH</t>
+  </si>
+  <si>
+    <t>Merlon Australian Share Income</t>
+  </si>
+  <si>
+    <t>HBC0011AU</t>
+  </si>
+  <si>
+    <t>MFG Core Infrastructure Fund</t>
+  </si>
+  <si>
+    <t>MGE9182AU</t>
+  </si>
+  <si>
+    <t>MFS Concentrated Global Equity Trust W</t>
+  </si>
+  <si>
+    <t>ETL0172AU</t>
+  </si>
+  <si>
+    <t>MFS Fully Hedged Global Equity Trust</t>
+  </si>
+  <si>
+    <t>ETL0041AU</t>
+  </si>
+  <si>
+    <t>MFS Global Equity Trust</t>
+  </si>
+  <si>
+    <t>MIA0001AU</t>
+  </si>
+  <si>
+    <t>MLC Real Return Assertive A</t>
+  </si>
+  <si>
+    <t>MLC0667AU</t>
+  </si>
+  <si>
+    <t>1.09</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 1 - Bond</t>
+  </si>
+  <si>
+    <t>MLC0669AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 2 - Income</t>
+  </si>
+  <si>
+    <t>MLC0670AU</t>
+  </si>
+  <si>
+    <t>0.82</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 3 - Cons Grwth</t>
+  </si>
+  <si>
+    <t>MLC0398AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 4 - Balanced</t>
+  </si>
+  <si>
+    <t>MLC0260AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 5 - Growth</t>
+  </si>
+  <si>
+    <t>MLC0265AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 6 - Share</t>
+  </si>
+  <si>
+    <t>MLC0397AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Horizon 7 - Acc Growth</t>
+  </si>
+  <si>
+    <t>MLC0449AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Index Plus Balanced</t>
+  </si>
+  <si>
+    <t>MLC7387AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Index Plus Conservative Growth</t>
+  </si>
+  <si>
+    <t>MLC7849AU</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Index Plus Growth</t>
+  </si>
+  <si>
+    <t>MLC9748AU</t>
+  </si>
+  <si>
+    <t>0.16</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Infln Pls - Conservative</t>
+  </si>
+  <si>
+    <t>MLC0921AU</t>
+  </si>
+  <si>
+    <t>0.76</t>
+  </si>
+  <si>
+    <t>MLC Wholesale Infln Pls - Moderate</t>
+  </si>
+  <si>
+    <t>MLC0920AU</t>
+  </si>
+  <si>
+    <t>Morningstar Balanced Real Return Fund A</t>
+  </si>
+  <si>
+    <t>INT0028AU</t>
+  </si>
+  <si>
+    <t>Morningstar Growth Real Return Fd - Cl A</t>
+  </si>
+  <si>
+    <t>INT0038AU</t>
+  </si>
+  <si>
+    <t>Morningstar High Growth Rl Ret Fd - Cl A</t>
+  </si>
+  <si>
+    <t>INT0042AU</t>
+  </si>
+  <si>
+    <t>0.69</t>
+  </si>
+  <si>
+    <t>Morningstar Moderate Real Ret Fd - Cl A</t>
+  </si>
+  <si>
+    <t>INT0034AU</t>
+  </si>
+  <si>
+    <t>0.54</t>
+  </si>
+  <si>
+    <t>Morningstar Multi Asset Rl Ret Fd - Cl A</t>
+  </si>
+  <si>
+    <t>INT0040AU</t>
+  </si>
+  <si>
+    <t>Mutual Income Fund A</t>
+  </si>
+  <si>
+    <t>PRM0015AU</t>
+  </si>
+  <si>
+    <t>Nikko AM Australian Bond</t>
+  </si>
+  <si>
+    <t>TYN0104AU</t>
+  </si>
+  <si>
+    <t>Nikko AM Australian Share W</t>
+  </si>
+  <si>
+    <t>TYN0028AU</t>
+  </si>
+  <si>
+    <t>Nikko AM Global Share Fund</t>
+  </si>
+  <si>
+    <t>SUN0031AU</t>
+  </si>
+  <si>
+    <t>OC Premium Small Companies</t>
+  </si>
+  <si>
+    <t>OPS0002AU</t>
+  </si>
+  <si>
     <t>1.37</t>
   </si>
   <si>
-    <t>Magellan Global Equities Currency H ETF</t>
-[...223 lines deleted...]
-  <si>
     <t>Pendal Fixed Interest</t>
   </si>
   <si>
     <t>RFA0813AU</t>
   </si>
   <si>
     <t>Pendal Focus Australian Share Fund</t>
   </si>
   <si>
     <t>RFA0059AU</t>
   </si>
   <si>
     <t>Pendal Global Emerging Mkts Oppes - WS</t>
   </si>
   <si>
     <t>BTA0419AU</t>
   </si>
   <si>
     <t>Pendal Horizon Fund</t>
   </si>
   <si>
     <t>RFA0025AU</t>
   </si>
   <si>
     <t>Pendal Property Investment</t>
@@ -2123,221 +2183,224 @@
   <si>
     <t>PIMCO Australian Short-Term Bond W</t>
   </si>
   <si>
     <t>ETL0182AU</t>
   </si>
   <si>
     <t>PIMCO Diversified Fixed Interest W</t>
   </si>
   <si>
     <t>ETL0016AU</t>
   </si>
   <si>
     <t>PIMCO ESG Global Bond Fund - Wholesale</t>
   </si>
   <si>
     <t>PIC6396AU</t>
   </si>
   <si>
     <t>PIMCO Global Bond W</t>
   </si>
   <si>
     <t>ETL0018AU</t>
   </si>
   <si>
+    <t>PIMCO Global Credit W</t>
+  </si>
+  <si>
+    <t>ETL0019AU</t>
+  </si>
+  <si>
     <t>PIMCO TRENDS Managed Futures Stgy Wholsl</t>
   </si>
   <si>
     <t>PIC9659AU</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>Platinum Asia</t>
   </si>
   <si>
     <t>PLA0004AU</t>
   </si>
   <si>
     <t>1.51</t>
   </si>
   <si>
     <t>0.27</t>
   </si>
   <si>
     <t>Platinum Asia ETF</t>
   </si>
   <si>
     <t>PAXX</t>
   </si>
   <si>
-    <t>Platinum Capital Limited</t>
-[...4 lines deleted...]
-  <si>
     <t>Platinum European Fund</t>
   </si>
   <si>
     <t>PLA0001AU</t>
   </si>
   <si>
     <t>Platinum Helathcare</t>
   </si>
   <si>
     <t>PLA0005AU</t>
   </si>
   <si>
     <t>1.35</t>
   </si>
   <si>
     <t>Platinum International Brands Fund</t>
   </si>
   <si>
     <t>PLA0100AU</t>
   </si>
   <si>
     <t>Platinum International ETF</t>
   </si>
   <si>
     <t>PIXX</t>
   </si>
   <si>
     <t>1.48</t>
   </si>
   <si>
     <t>Platinum International Fund</t>
   </si>
   <si>
     <t>PLA0002AU</t>
   </si>
   <si>
-    <t>1.38</t>
-[...1 lines deleted...]
-  <si>
     <t>Platinum Japan</t>
   </si>
   <si>
     <t>PLA0003AU</t>
   </si>
   <si>
     <t>Plato Australian Shares Income</t>
   </si>
   <si>
     <t>WHT0039AU</t>
   </si>
   <si>
-    <t>Plato Income Maximiser Ltd</t>
-[...4 lines deleted...]
-  <si>
     <t>PM Capital Global Companies</t>
   </si>
   <si>
     <t>PMC0100AU</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
     <t>Premium Asia Income</t>
   </si>
   <si>
     <t>MAQ0782AU</t>
   </si>
   <si>
+    <t>Pzena Emerging Markets Value P</t>
+  </si>
+  <si>
+    <t>ETL6693AU</t>
+  </si>
+  <si>
+    <t>Pzena Emerging Markets Value Wholesale</t>
+  </si>
+  <si>
+    <t>ETL0483AU</t>
+  </si>
+  <si>
     <t>Quay Global Real Estate Fund</t>
   </si>
   <si>
     <t>BFL0020AU</t>
   </si>
   <si>
     <t>RARE Infrastructure Income</t>
   </si>
   <si>
     <t>TGP0016AU</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
     <t>RARE Infrastructure Value Hedged</t>
   </si>
   <si>
     <t>TGP0008AU</t>
   </si>
   <si>
     <t>RARE Infrastructure Value Unhedged</t>
   </si>
   <si>
     <t>TGP0034AU</t>
   </si>
   <si>
-    <t>Realindex Australian Share Value-Class A</t>
+    <t>Resolution Capital Glbl Ppty Secs UH SII</t>
+  </si>
+  <si>
+    <t>IOF0184AU</t>
+  </si>
+  <si>
+    <t>1.05</t>
+  </si>
+  <si>
+    <t>Resolution Capital Global Property Secs</t>
+  </si>
+  <si>
+    <t>WHT0015AU</t>
+  </si>
+  <si>
+    <t>Robeco Emerging Conservative Equity AUD</t>
+  </si>
+  <si>
+    <t>ETL0381AU</t>
+  </si>
+  <si>
+    <t>RQI Australian Value - Class A</t>
   </si>
   <si>
     <t>FSF0976AU</t>
   </si>
   <si>
     <t>0.37</t>
   </si>
   <si>
-    <t>Realindex Global Share Value-Class A</t>
+    <t>RQI Global Value-Class A</t>
   </si>
   <si>
     <t>FSF0974AU</t>
   </si>
   <si>
     <t>0.46</t>
   </si>
   <si>
-    <t>Resolution Capital Glbl Ppty Secs UH SII</t>
-[...19 lines deleted...]
-  <si>
     <t>Russell Inv High Dividend Aus Shrs ETF</t>
   </si>
   <si>
     <t>RDV</t>
   </si>
   <si>
     <t>Schroder Absolute Return Income Fund -WC</t>
   </si>
   <si>
     <t>SCH0103AU</t>
   </si>
   <si>
     <t>Schroder Fixed Income Fund - Wholesale</t>
   </si>
   <si>
     <t>SCH0028AU</t>
   </si>
   <si>
     <t>Schroder Global Value Fund - WC</t>
   </si>
   <si>
     <t>SCH0030AU</t>
   </si>
   <si>
     <t>Schroder Real Return CPI Plus 5% Fnd -WC</t>
@@ -2405,50 +2468,56 @@
   <si>
     <t>T. Rowe Price Global Equity I</t>
   </si>
   <si>
     <t>ETL0071AU</t>
   </si>
   <si>
     <t>T. Rowe Price Global Impact Equity I</t>
   </si>
   <si>
     <t>ETL6342AU</t>
   </si>
   <si>
     <t>T.Rowe Price Dynamic Global Bd Fd</t>
   </si>
   <si>
     <t>ETL0398AU</t>
   </si>
   <si>
     <t>Talaria Global Equity</t>
   </si>
   <si>
     <t>AUS0035AU</t>
   </si>
   <si>
+    <t>Torica Absolute Return Income Fund</t>
+  </si>
+  <si>
+    <t>MST0002AU</t>
+  </si>
+  <si>
     <t>UBS Australian Bond Fund</t>
   </si>
   <si>
     <t>SBC0813AU</t>
   </si>
   <si>
     <t>UBS Australian Small Companies Fund</t>
   </si>
   <si>
     <t>UBS0004AU</t>
   </si>
   <si>
     <t>2.02</t>
   </si>
   <si>
     <t>UBS Cash Fund</t>
   </si>
   <si>
     <t>SBC0811AU</t>
   </si>
   <si>
     <t>UBS Clarion Global Infrastructure Securities Fund</t>
   </si>
   <si>
     <t>UBS0064AU</t>
@@ -2517,50 +2586,56 @@
     <t>FLOT</t>
   </si>
   <si>
     <t>VanEck Australian Sbdntd Dbt ETF</t>
   </si>
   <si>
     <t>SUBD</t>
   </si>
   <si>
     <t>VanEck China New Economy ETF</t>
   </si>
   <si>
     <t>CNEW</t>
   </si>
   <si>
     <t>VanEck FTSE Intl Prop (AUD Hdg) ETF</t>
   </si>
   <si>
     <t>REIT</t>
   </si>
   <si>
     <t>VanEck Global Hlthcr Ldrs ETF</t>
   </si>
   <si>
     <t>HLTH</t>
+  </si>
+  <si>
+    <t>VanEck Gold Miners ETF</t>
+  </si>
+  <si>
+    <t>GDX</t>
   </si>
   <si>
     <t>VanEck MSCI Intl Sm Com Qual ETF</t>
   </si>
   <si>
     <t>QSML</t>
   </si>
   <si>
     <t>VanEck MSCI Mltfac EmMkts Eq ETF</t>
   </si>
   <si>
     <t>EMKT</t>
   </si>
   <si>
     <t>VanEck S&amp;P/ASX MidCap ETF</t>
   </si>
   <si>
     <t>MVE</t>
   </si>
   <si>
     <t>VanEck Vectors Australian Equal Wt ETF</t>
   </si>
   <si>
     <t>MVW</t>
   </si>
@@ -3436,58 +3511,58 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Moderate_Fund_TMD_230118-1.pdf" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL9255AU" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_High_Growth_Fund_TMD_230118-2.pdf" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6153AU" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Growth_Fund_TMD_230118.pdf" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4308AU" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Balanced_Fund_TMD_230118.pdf" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL3086AU" TargetMode="External" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14313" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL3086AU" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL3086AU" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14314" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14313" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL9255AU" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14312" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14312" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL4308AU" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6153AU" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_16226" TargetMode="External" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_16226" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL9255AU" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4308AU" TargetMode="External" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14311" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14350" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_16225" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14350" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14351" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14314" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL6153AU" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14311" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14349" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14347" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14351" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14348" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14348" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_16225" TargetMode="External" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14347" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14349" TargetMode="External" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0404AU" TargetMode="External" /><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0002AU" TargetMode="External" /><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0034AU" TargetMode="External" /><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHWL" TargetMode="External" /><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0021AU" TargetMode="External" /><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0009AU" TargetMode="External" /><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0084AU" TargetMode="External" /><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SEMI" TargetMode="External" /><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0003AU" TargetMode="External" /><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0016AU" TargetMode="External" /><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0063AU" TargetMode="External" /><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0071AU" TargetMode="External" /><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIC6396AU" TargetMode="External" /><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0001AU" TargetMode="External" /><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0034AU" TargetMode="External" /><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SUN0031AU" TargetMode="External" /><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0025AU" TargetMode="External" /><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0507AU" TargetMode="External" /><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PMC0100AU" TargetMode="External" /><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0009AU" TargetMode="External" /><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0580AU" TargetMode="External" /><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0077AU" TargetMode="External" /><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0015AU" TargetMode="External" /><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIC9659AU" TargetMode="External" /><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0100AU" TargetMode="External" /><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PRM0015AU" TargetMode="External" /><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0813AU" TargetMode="External" /><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0061AU" TargetMode="External" /><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0270AU" TargetMode="External" /><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VESG" TargetMode="External" /><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0023AU" TargetMode="External" /><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0105AU" TargetMode="External" /><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0003AU" TargetMode="External" /><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LSF" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK0012AU" TargetMode="External" /><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGB" TargetMode="External" /><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0109AU" TargetMode="External" /><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0811AU" TargetMode="External" /><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS8018AU" TargetMode="External" /><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CNEW" TargetMode="External" /><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ESGI" TargetMode="External" /><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT0015AU" TargetMode="External" /><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0030AU" TargetMode="External" /><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ANT0002AU" TargetMode="External" /><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6342AU" TargetMode="External" /><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WPC1963AU" TargetMode="External" /><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GSF0002AU" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RINC" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BAR0811AU" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK1596AU" TargetMode="External" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CHN8850AU" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0171AU" TargetMode="External" /><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/APN0008AU" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRED" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GEAR" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GBND" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAL0018AU" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK3651AU" TargetMode="External" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FAM0101AU" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF4018AU" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0038AU" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BHYB" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QLTY" TargetMode="External" /><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0005AU" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0046AU" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CIM0008AU" TargetMode="External" /><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0001AU" TargetMode="External" /><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAP" TargetMode="External" /><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0109AU" TargetMode="External" /><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0811AU" TargetMode="External" /><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS8018AU" TargetMode="External" /><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/REIT" TargetMode="External" /><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QUAL" TargetMode="External" /><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT0015AU" TargetMode="External" /><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0047AU" TargetMode="External" /><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SFY" TargetMode="External" /><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL6342AU" TargetMode="External" /><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLUS" TargetMode="External" /><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGOC" TargetMode="External" /><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VIF" TargetMode="External" /><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0482AU" TargetMode="External" /><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0617AU" TargetMode="External" /><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0042AU" TargetMode="External" /><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGE" TargetMode="External" /><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VVLU" TargetMode="External" /><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0106AU" TargetMode="External" /><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT8435AU" TargetMode="External" /><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0001AU" TargetMode="External" /><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0105AU" TargetMode="External" /><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GLIN" TargetMode="External" /><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0008AU" TargetMode="External" /><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0027AU" TargetMode="External" /><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IJP" TargetMode="External" /><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FANG" TargetMode="External" /><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0036AU" TargetMode="External" /><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PAL0002AU" TargetMode="External" /><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BILL" TargetMode="External" /><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK2127AU" TargetMode="External" /><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0015AU" TargetMode="External" /><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM3425AU" TargetMode="External" /><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1773AU" TargetMode="External" /><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL7377AU" TargetMode="External" /><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0006AU" TargetMode="External" /><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIXX" TargetMode="External" /><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0782AU" TargetMode="External" /><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0206AU" TargetMode="External" /><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0260AU" TargetMode="External" /><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0182AU" TargetMode="External" /><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0004AU" TargetMode="External" /><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0038AU" TargetMode="External" /><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TYN0104AU" TargetMode="External" /><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0059AU" TargetMode="External" /><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WFS0377AU" TargetMode="External" /><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/OPS0002AU" TargetMode="External" /><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TYN0028AU" TargetMode="External" /><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE9182AU" TargetMode="External" /><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0260AU" TargetMode="External" /><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC7849AU" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP1015AU" TargetMode="External" /><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0274AU" TargetMode="External" /><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0001AU" TargetMode="External" /><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MICH" TargetMode="External" /><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MIA0001AU" TargetMode="External" /><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHVV" TargetMode="External" /><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0145AU" TargetMode="External" /><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0010AU" TargetMode="External" /><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0043AU" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0121AU" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ANT0005AU" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0004AU" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/A200" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0002AU" TargetMode="External" /><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VACF" TargetMode="External" /><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0002AU" TargetMode="External" /><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0813AU" TargetMode="External" /><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0814AU" TargetMode="External" /><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVB" TargetMode="External" /><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVW" TargetMode="External" /><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0974AU" TargetMode="External" /><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0103AU" TargetMode="External" /><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0101AU" TargetMode="External" /><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0312AU" TargetMode="External" /><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0817AU" TargetMode="External" /><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0419AU" TargetMode="External" /><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0669AU" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0045AU" TargetMode="External" /><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL7377AU" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAA" TargetMode="External" /><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC9748AU" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EX20" TargetMode="External" /><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IKO" TargetMode="External" /><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0003AU" TargetMode="External" /><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0020AU" TargetMode="External" /><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0043AU" TargetMode="External" /><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0063AU" TargetMode="External" /><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0071AU" TargetMode="External" /><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0016AU" TargetMode="External" /><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PMC" TargetMode="External" /><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0034AU" TargetMode="External" /><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SUN0031AU" TargetMode="External" /><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0052AU" TargetMode="External" /><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0507AU" TargetMode="External" /><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEFI" TargetMode="External" /><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0023AU" TargetMode="External" /><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0004AU" TargetMode="External" /><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0019AU" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EQI0028AU" TargetMode="External" /><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGAD" TargetMode="External" /><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0008AU" TargetMode="External" /><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IVE" TargetMode="External" /><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0631AU" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0131AU" TargetMode="External" /><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0108AU" TargetMode="External" /><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOZ" TargetMode="External" /><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0026AU" TargetMode="External" /><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0025AU" TargetMode="External" /><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0454AU" TargetMode="External" /><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL4207AU" TargetMode="External" /><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ISO" TargetMode="External" /><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0557AU" TargetMode="External" /><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0003AU" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0045AU" TargetMode="External" /><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WDIV" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GOLD" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ERTH" TargetMode="External" /><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0145AU" TargetMode="External" /><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0854AU" TargetMode="External" /><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM0028AU" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HETH" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK1918AU" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK0009AU" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PWA0822AU" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0025AU" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0733AU" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HBRD" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QFN" TargetMode="External" /><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0397AU" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP3940AU" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0103AU" TargetMode="External" /><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0825AU" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1086AU" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0008AU" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0008AU" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP3940AU" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0079AU" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF3532AU" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF3532AU" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1086AU" TargetMode="External" /><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0003AU" TargetMode="External" /><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0001AU" TargetMode="External" /><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0108AU" TargetMode="External" /><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0004AU" TargetMode="External" /><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0007AU" TargetMode="External" /><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FLOT" TargetMode="External" /><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IFRA" TargetMode="External" /><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0184AU" TargetMode="External" /><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0028AU" TargetMode="External" /><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0119AU" TargetMode="External" /><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0071AU" TargetMode="External" /><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0064AU" TargetMode="External" /><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAS" TargetMode="External" /><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDBA" TargetMode="External" /><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0064AU" TargetMode="External" /><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0003AU" TargetMode="External" /><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HLTH" TargetMode="External" /><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QHAL" TargetMode="External" /><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0381AU" TargetMode="External" /><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0047AU" TargetMode="External" /><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SST0048AU" TargetMode="External" /><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0398AU" TargetMode="External" /><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0100AU" TargetMode="External" /><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0036AU" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FAM0101AU" TargetMode="External" /><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0014AU" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ACM0009AU" TargetMode="External" /><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK4636AU" TargetMode="External" /><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0044AU" TargetMode="External" /><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0009AU" TargetMode="External" /><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT8435AU" TargetMode="External" /><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0005AU" TargetMode="External" /><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IAA" TargetMode="External" /><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GLPR" TargetMode="External" /><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0010AU" TargetMode="External" /><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM1925AU" TargetMode="External" /><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1241AU" TargetMode="External" /><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF8443AU" TargetMode="External" /><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WPC1963AU" TargetMode="External" /><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0014AU" TargetMode="External" /><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT0039AU" TargetMode="External" /><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0016AU" TargetMode="External" /><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0515AU" TargetMode="External" /><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0102AU" TargetMode="External" /><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0046AU" TargetMode="External" /><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIC6396AU" TargetMode="External" /><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0001AU" TargetMode="External" /><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0040AU" TargetMode="External" /><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VTS" TargetMode="External" /><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0018AU" TargetMode="External" /><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PCL0005AU" TargetMode="External" /><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0206AU" TargetMode="External" /><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VBND" TargetMode="External" /><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0111AU" TargetMode="External" /><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0018AU" TargetMode="External" /><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0038AU" TargetMode="External" /><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TYN0104AU" TargetMode="External" /><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0059AU" TargetMode="External" /><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WFS0377AU" TargetMode="External" /><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDGR" TargetMode="External" /><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN9309AU" TargetMode="External" /><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0110AU" TargetMode="External" /><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0103AU" TargetMode="External" /><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0557AU" TargetMode="External" /><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0064AU" TargetMode="External" /><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN8175AU" TargetMode="External" /><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0024AU" TargetMode="External" /><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0105AU" TargetMode="External" /><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0003AU" TargetMode="External" /><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/APN0008AU" TargetMode="External" /><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PMC0100AU" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF7298AU" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF7298AU" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CRS0002AU" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF3982AU" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF3982AU" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/XARO" TargetMode="External" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0131AU" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0032AU" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0032AU" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRS0002AU" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP1179AU" TargetMode="External" /><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/GSF0002AU" TargetMode="External" /><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0122AU" TargetMode="External" /><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0580AU" TargetMode="External" /><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/COL0001AU" TargetMode="External" /><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/GSF0001AU" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EINC" TargetMode="External" /><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0265AU" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK0012AU" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CIM0008AU" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0171AU" TargetMode="External" /><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0277AU" TargetMode="External" /><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0007AU" TargetMode="External" /><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HBC0011AU" TargetMode="External" /><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0667AU" TargetMode="External" /><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ILC" TargetMode="External" /><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC7387AU" TargetMode="External" /><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0005AU" TargetMode="External" /><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0026AU" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF4018AU" TargetMode="External" /><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AASF" TargetMode="External" /><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0006AU" TargetMode="External" /><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0041AU" TargetMode="External" /><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0398AU" TargetMode="External" /><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0046AU" TargetMode="External" /><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0014AU" TargetMode="External" /><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0201AU" TargetMode="External" /><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0341AU" TargetMode="External" /><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0065AU" TargetMode="External" /><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0104AU" TargetMode="External" /><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUS0035AU" TargetMode="External" /><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HML0016AU" TargetMode="External" /><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0057AU" TargetMode="External" /><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EMKT" TargetMode="External" /><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0976AU" TargetMode="External" /><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RDV" TargetMode="External" /><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0102AU" TargetMode="External" /><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1675AU" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0164AU" TargetMode="External" /><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK2127AU" TargetMode="External" /><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHHY" TargetMode="External" /><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BNT0003AU" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CRS0005AU" TargetMode="External" /><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PAL0002AU" TargetMode="External" /><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IAF" TargetMode="External" /><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ANT0002AU" TargetMode="External" /><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AESG" TargetMode="External" /><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM3425AU" TargetMode="External" /><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1773AU" TargetMode="External" /><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0404AU" TargetMode="External" /><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0002AU" TargetMode="External" /><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0034AU" TargetMode="External" /><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IWLD" TargetMode="External" /><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0021AU" TargetMode="External" /><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0009AU" TargetMode="External" /><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0084AU" TargetMode="External" /><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4207AU" TargetMode="External" /><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0002AU" TargetMode="External" /><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0782AU" TargetMode="External" /><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0049AU" TargetMode="External" /><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0116AU" TargetMode="External" /><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0182AU" TargetMode="External" /><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0004AU" TargetMode="External" /><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0042AU" TargetMode="External" /><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TYN0028AU" TargetMode="External" /><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0419AU" TargetMode="External" /><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0819AU" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0733AU" TargetMode="External" /><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC9748AU" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6153AU" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Moderate_Fund_TMD_230118-1.pdf" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_High_Growth_Fund_TMD_230118-2.pdf" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL5308AU" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0028AU" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP0974AU" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/NML0001AU" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/NML0001AU" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL5308AU" TargetMode="External" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP1015AU" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP0557AU" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP0557AU" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP0974AU" TargetMode="External" /><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0397AU" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK1918AU" TargetMode="External" /><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0015AU" TargetMode="External" /><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0065AU" TargetMode="External" /><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VHY" TargetMode="External" /><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUS0035AU" TargetMode="External" /><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HML0016AU" TargetMode="External" /><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0057AU" TargetMode="External" /><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVE" TargetMode="External" /><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0976AU" TargetMode="External" /><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0103AU" TargetMode="External" /><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0102AU" TargetMode="External" /><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1675AU" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HGBL" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GGOV" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAL0018AU" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK3651AU" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0023AU" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF5774AU" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0046AU" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QRE" TargetMode="External" /><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0449AU" TargetMode="External" /><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0920AU" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0004AU" TargetMode="External" /><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0432AU" TargetMode="External" /><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0002AU" TargetMode="External" /><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0172AU" TargetMode="External" /><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0670AU" TargetMode="External" /><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IYLD" TargetMode="External" /><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0025AU" TargetMode="External" /><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0515AU" TargetMode="External" /><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MMC0110AU" TargetMode="External" /><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0025AU" TargetMode="External" /><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0026AU" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/NDQ" TargetMode="External" /><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0260AU" TargetMode="External" /><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0921AU" TargetMode="External" /><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0260AU" TargetMode="External" /><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VSO" TargetMode="External" /><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGS" TargetMode="External" /><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0018AU" TargetMode="External" /><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDHG" TargetMode="External" /><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN9309AU" TargetMode="External" /><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0111AU" TargetMode="External" /><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0018AU" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0121AU" TargetMode="External" /><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHOO" TargetMode="External" /><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0106AU" TargetMode="External" /><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HYGG" TargetMode="External" /><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0001AU" TargetMode="External" /><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0105AU" TargetMode="External" /><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IESG" TargetMode="External" /><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0008AU" TargetMode="External" /><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0027AU" TargetMode="External" /><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0043AU" TargetMode="External" /><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZYAU" TargetMode="External" /><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IXJ" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BAR0811AU" TargetMode="External" /><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PL8" TargetMode="External" /><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0008AU" TargetMode="External" /><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0077AU" TargetMode="External" /><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PMGOLD" TargetMode="External" /><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0018AU" TargetMode="External" /><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0005AU" TargetMode="External" /><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PRM0015AU" TargetMode="External" /><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0813AU" TargetMode="External" /><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0061AU" TargetMode="External" /><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0270AU" TargetMode="External" /><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0015AU" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRS0005AU" TargetMode="External" /><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0052AU" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0464AU" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0079AU" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0098AU" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0098AU" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ARG" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0464AU" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0635AU" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0027AU" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0023AU" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AGX1" TargetMode="External" /><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0277AU" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0018AU" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0017AU" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0017AU" TargetMode="External" /><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHD" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0103AU" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0104AU" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0104AU" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0018AU" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK1596AU" TargetMode="External" /><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAF" TargetMode="External" /><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0002AU" TargetMode="External" /><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0813AU" TargetMode="External" /><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0814AU" TargetMode="External" /><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0034AU" TargetMode="External" /><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVA" TargetMode="External" /><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0974AU" TargetMode="External" /><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0028AU" TargetMode="External" /><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0101AU" TargetMode="External" /><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0312AU" TargetMode="External" /><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ5703AU" TargetMode="External" /><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/EGG0001AU" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IIND" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK6264AU" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK9560AU" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0001AU" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/YOC0100AU" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0002AU" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QPON" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FAIR" TargetMode="External" /><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIC9659AU" TargetMode="External" /><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/COL0001AU" TargetMode="External" /><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IEU" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ACM0006AU" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ANT0005AU" TargetMode="External" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CHN8850AU" TargetMode="External" /><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT0039AU" TargetMode="External" /><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0008AU" TargetMode="External" /><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0102AU" TargetMode="External" /><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0046AU" TargetMode="External" /><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0018AU" TargetMode="External" /><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0005AU" TargetMode="External" /><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0040AU" TargetMode="External" /><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/OPS0002AU" TargetMode="External" /><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0817AU" TargetMode="External" /><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PCL0005AU" TargetMode="External" /><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VCF" TargetMode="External" /><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0482AU" TargetMode="External" /><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0617AU" TargetMode="External" /><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0042AU" TargetMode="External" /><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN8175AU" TargetMode="External" /><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0024AU" TargetMode="External" /><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0106AU" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ACM0006AU" TargetMode="External" /><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0008AU" TargetMode="External" /><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IEM" TargetMode="External" /><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0631AU" TargetMode="External" /><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0003AU" TargetMode="External" /><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0108AU" TargetMode="External" /><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ISEC" TargetMode="External" /><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0026AU" TargetMode="External" /><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0025AU" TargetMode="External" /><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0454AU" TargetMode="External" /><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GSF0001AU" TargetMode="External" /><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0044AU" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL3086AU" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Balanced_Fund_TMD_230118.pdf" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL9255AU" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alphainvestmentmanagement.com.au/wp-content/uploads/2023/03/Alpha_Growth_Fund_TMD_230118.pdf" TargetMode="External" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0060AU" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0060AU" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4308AU" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP1179AU" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0027AU" TargetMode="External" /><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHEB" TargetMode="External" /><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0410AU" TargetMode="External" /><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0854AU" TargetMode="External" /><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM0028AU" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETHI" TargetMode="External" /><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0265AU" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK0009AU" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PWA0822AU" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0025AU" TargetMode="External" /><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0274AU" TargetMode="External" /><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0007AU" TargetMode="External" /><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HBC0011AU" TargetMode="External" /><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0667AU" TargetMode="External" /><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IVV" TargetMode="External" /><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC7387AU" TargetMode="External" /><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0010AU" TargetMode="External" /><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0043AU" TargetMode="External" /><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0432AU" TargetMode="External" /><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0002AU" TargetMode="External" /><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0041AU" TargetMode="External" /><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0398AU" TargetMode="External" /><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0046AU" TargetMode="External" /><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0025AU" TargetMode="External" /><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MHG" TargetMode="External" /><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MMC0110AU" TargetMode="External" /><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0001AU" TargetMode="External" /><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0108AU" TargetMode="External" /><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0004AU" TargetMode="External" /><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0007AU" TargetMode="External" /><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SUBD" TargetMode="External" /><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GRNV" TargetMode="External" /><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0184AU" TargetMode="External" /><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEU" TargetMode="External" /><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0104AU" TargetMode="External" /><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0071AU" TargetMode="External" /><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDCO" TargetMode="External" /><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0398AU" TargetMode="External" /><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0064AU" TargetMode="External" /><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0003AU" TargetMode="External" /><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QSML" TargetMode="External" /><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0034AU" TargetMode="External" /><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0381AU" TargetMode="External" /><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GROW" TargetMode="External" /><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SST0048AU" TargetMode="External" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0038AU" TargetMode="External" /><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK4636AU" TargetMode="External" /><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ILB" TargetMode="External" /><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BNT0003AU" TargetMode="External" /><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0005AU" TargetMode="External" /><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ALTB" TargetMode="External" /><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ICOR" TargetMode="External" /><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0010AU" TargetMode="External" /><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM1925AU" TargetMode="External" /><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1241AU" TargetMode="External" /><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF8443AU" TargetMode="External" /><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE9182AU" TargetMode="External" /><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0005AU" TargetMode="External" /><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC7849AU" TargetMode="External" /><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0002AU" TargetMode="External" /><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0020AU" TargetMode="External" /><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEQ" TargetMode="External" /><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0049AU" TargetMode="External" /><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0116AU" TargetMode="External" /><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0016AU" TargetMode="External" /><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PAXX" TargetMode="External" /><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0042AU" TargetMode="External" /><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0410AU" TargetMode="External" /><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0052AU" TargetMode="External" /><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0819AU" TargetMode="External" /><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0005AU" TargetMode="External" /><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VBLD" TargetMode="External" /><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0004AU" TargetMode="External" /><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0019AU" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0164AU" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF5774AU" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/EQI0028AU" TargetMode="External" /><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0030AU" TargetMode="External" /><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0921AU" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/YMAX" TargetMode="External" /><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0028AU" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/NFS0209AU" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0635AU" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0115AU" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0106AU" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0106AU" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/NFS0209AU" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0028AU" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0002AU" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0002AU" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0115AU" TargetMode="External" /><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0669AU" TargetMode="External" /><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0110AU" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ5703AU" TargetMode="External" /><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EGG0001AU" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QAU" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK6264AU" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK9560AU" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0001AU" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AFI" TargetMode="External" /><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0341AU" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ASIA" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AGVT" TargetMode="External" /><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MIA0001AU" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BNDS" TargetMode="External" /><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0449AU" TargetMode="External" /><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0920AU" TargetMode="External" /><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0201AU" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/YOC0100AU" TargetMode="External" /><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0825AU" TargetMode="External" /><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MHHT" TargetMode="External" /><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0172AU" TargetMode="External" /><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0670AU" TargetMode="External" /><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IGB" TargetMode="External" /><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0003AU" TargetMode="External" /><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0014AU" TargetMode="External" /><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0122AU" TargetMode="External" /><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0119AU" TargetMode="External" /><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0028AU" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GGUS" TargetMode="External" /><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0052AU" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BAR0813AU" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BAR0813AU" TargetMode="External" /><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0103AU" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformpluswrap.com.au/wp-content/uploads/2024/05/2405.01-Alpha-Managed-Account-Disclosure-Document-V4.pdf" TargetMode="External" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ACM0009AU" TargetMode="External" /><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOO" TargetMode="External" /><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0106AU" TargetMode="External" /></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0084AU" TargetMode="External" /><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZYAU" TargetMode="External" /><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT8435AU" TargetMode="External" /><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0001AU" TargetMode="External" /><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/DFA7518AU" TargetMode="External" /><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM7802AU" TargetMode="External" /><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0026AU" TargetMode="External" /><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0009AU" TargetMode="External" /><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0071AU" TargetMode="External" /><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIC6396AU" TargetMode="External" /><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SUN0031AU" TargetMode="External" /><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0025AU" TargetMode="External" /><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0507AU" TargetMode="External" /><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0063AU" TargetMode="External" /><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0669AU" TargetMode="External" /><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0397AU" TargetMode="External" /><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0921AU" TargetMode="External" /><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0034AU" TargetMode="External" /><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VTS" TargetMode="External" /><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0018AU" TargetMode="External" /><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0015AU" TargetMode="External" /><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VBND" TargetMode="External" /><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0111AU" TargetMode="External" /><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0018AU" TargetMode="External" /><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0813AU" TargetMode="External" /><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0061AU" TargetMode="External" /><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0270AU" TargetMode="External" /><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0077AU" TargetMode="External" /><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0398AU" TargetMode="External" /><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC7387AU" TargetMode="External" /><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0028AU" TargetMode="External" /><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PRM0015AU" TargetMode="External" /><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VIF" TargetMode="External" /><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EMKT" TargetMode="External" /><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0065AU" TargetMode="External" /><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0104AU" TargetMode="External" /><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0042AU" TargetMode="External" /><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHHY" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK6264AU" TargetMode="External" /><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HML0016AU" TargetMode="External" /><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0057AU" TargetMode="External" /><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0103AU" TargetMode="External" /><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0101AU" TargetMode="External" /><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0312AU" TargetMode="External" /><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MST0002AU" TargetMode="External" /><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0001AU" TargetMode="External" /><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT0039AU" TargetMode="External" /><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WPC1963AU" TargetMode="External" /><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT0015AU" TargetMode="External" /><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0482AU" TargetMode="External" /><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CIM0008AU" TargetMode="External" /><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/COL0001AU" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AQLT" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HETH" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BAR0813AU" TargetMode="External" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK0012AU" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0018AU" TargetMode="External" /><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CHN8850AU" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0002AU" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EX20" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ERTH" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IIND" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BAR0811AU" TargetMode="External" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK1596AU" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0017AU" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0171AU" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0004AU" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRED" TargetMode="External" /><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IEM" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF4018AU" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK9560AU" TargetMode="External" /><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0005AU" TargetMode="External" /><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HML0016AU" TargetMode="External" /><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0057AU" TargetMode="External" /><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0028AU" TargetMode="External" /><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0101AU" TargetMode="External" /><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0312AU" TargetMode="External" /><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MST0002AU" TargetMode="External" /><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0005AU" TargetMode="External" /><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT0039AU" TargetMode="External" /><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0020AU" TargetMode="External" /><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT0015AU" TargetMode="External" /><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SST0048AU" TargetMode="External" /><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0515AU" TargetMode="External" /><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0410AU" TargetMode="External" /><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGS" TargetMode="External" /><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0018AU" TargetMode="External" /><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0617AU" TargetMode="External" /><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDHG" TargetMode="External" /><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN9309AU" TargetMode="External" /><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0111AU" TargetMode="External" /><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0018AU" TargetMode="External" /><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FLOT" TargetMode="External" /><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVA" TargetMode="External" /><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAF" TargetMode="External" /><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0002AU" TargetMode="External" /><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0043AU" TargetMode="External" /><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FHNG" TargetMode="External" /><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BNT0003AU" TargetMode="External" /><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0005AU" TargetMode="External" /><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/DFA4137AU" TargetMode="External" /><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GSF0002AU" TargetMode="External" /><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOZ" TargetMode="External" /><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0027AU" TargetMode="External" /><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0106AU" TargetMode="External" /><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1773AU" TargetMode="External" /><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL4207AU" TargetMode="External" /><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0631AU" TargetMode="External" /><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0003AU" TargetMode="External" /><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EGG0001AU" TargetMode="External" /><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0010AU" TargetMode="External" /><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM1925AU" TargetMode="External" /><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM3425AU" TargetMode="External" /><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0026AU" TargetMode="External" /><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0580AU" TargetMode="External" /><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0260AU" TargetMode="External" /><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0182AU" TargetMode="External" /><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TYN0104AU" TargetMode="External" /><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0059AU" TargetMode="External" /><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WFS0377AU" TargetMode="External" /><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0206AU" TargetMode="External" /><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MIA0001AU" TargetMode="External" /><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0260AU" TargetMode="External" /><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC7849AU" TargetMode="External" /><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0038AU" TargetMode="External" /><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0449AU" TargetMode="External" /><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0265AU" TargetMode="External" /><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MMC0110AU" TargetMode="External" /><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0052AU" TargetMode="External" /><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0001AU" TargetMode="External" /><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MICH" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14350" TargetMode="External" /><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0052AU" TargetMode="External" /><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0005AU" TargetMode="External" /><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0026AU" TargetMode="External" /><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0274AU" TargetMode="External" /><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK2127AU" TargetMode="External" /><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK4812AU" TargetMode="External" /><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0106AU" TargetMode="External" /><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ISO" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_16225" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14349" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AFI" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0038AU" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0025AU" TargetMode="External" /><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0811AU" TargetMode="External" /><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS8018AU" TargetMode="External" /><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0974AU" TargetMode="External" /><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0047AU" TargetMode="External" /><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SST0048AU" TargetMode="External" /><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0398AU" TargetMode="External" /><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0004AU" TargetMode="External" /><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0002AU" TargetMode="External" /><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6693AU" TargetMode="External" /><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0034AU" TargetMode="External" /><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0580AU" TargetMode="External" /><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0920AU" TargetMode="External" /><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC9748AU" TargetMode="External" /><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0825AU" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL5308AU" TargetMode="External" /><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0025AU" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0733AU" TargetMode="External" /><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HBC0011AU" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0733AU" TargetMode="External" /><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ISEC" TargetMode="External" /><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0071AU" TargetMode="External" /><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0016AU" TargetMode="External" /><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0021AU" TargetMode="External" /><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SUN0031AU" TargetMode="External" /><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0025AU" TargetMode="External" /><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0507AU" TargetMode="External" /><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0063AU" TargetMode="External" /><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0669AU" TargetMode="External" /><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0397AU" TargetMode="External" /><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0024AU" TargetMode="External" /><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0034AU" TargetMode="External" /><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VCF" TargetMode="External" /><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QSML" TargetMode="External" /><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEU" TargetMode="External" /><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0104AU" TargetMode="External" /><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0042AU" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRS0005AU" TargetMode="External" /><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0005AU" TargetMode="External" /><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0034AU" TargetMode="External" /><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHWL" TargetMode="External" /><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0454AU" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/EQI0028AU" TargetMode="External" /><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0404AU" TargetMode="External" /><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0002AU" TargetMode="External" /><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM0028AU" TargetMode="External" /><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ANT0002AU" TargetMode="External" /><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0015AU" TargetMode="External" /><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRT0025AU" TargetMode="External" /><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IEU" TargetMode="External" /><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGE" TargetMode="External" /><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/USTB" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL5308AU" TargetMode="External" /><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BFL0020AU" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QPON" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ASIA" TargetMode="External" /><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0008AU" TargetMode="External" /><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK3651AU" TargetMode="External" /><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CHN5843AU" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QRE" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GGUS" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GGOV" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAL0018AU" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0103AU" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0023AU" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF4018AU" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0038AU" TargetMode="External" /><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGOC" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0464AU" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0464AU" TargetMode="External" /><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0025AU" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0045AU" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0098AU" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0098AU" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ARG" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0106AU" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0635AU" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0635AU" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0045AU" TargetMode="External" /><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ILB" TargetMode="External" /><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0064AU" TargetMode="External" /><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0003AU" TargetMode="External" /><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RDV" TargetMode="External" /><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0102AU" TargetMode="External" /><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1675AU" TargetMode="External" /><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUS0035AU" TargetMode="External" /><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PAXX" TargetMode="External" /><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0003AU" TargetMode="External" /><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0483AU" TargetMode="External" /><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0184AU" TargetMode="External" /><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VVLU" TargetMode="External" /><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0814AU" TargetMode="External" /><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVB" TargetMode="External" /><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0028AU" TargetMode="External" /><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0119AU" TargetMode="External" /><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0071AU" TargetMode="External" /><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0813AU" TargetMode="External" /><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0005AU" TargetMode="External" /><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PMC0100AU" TargetMode="External" /><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0016AU" TargetMode="External" /><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0381AU" TargetMode="External" /><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0260AU" TargetMode="External" /><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1773AU" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK1596AU" TargetMode="External" /><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0106AU" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ACM0005AU" TargetMode="External" /><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PAL0002AU" TargetMode="External" /><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IAF" TargetMode="External" /><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VBLD" TargetMode="External" /><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1241AU" TargetMode="External" /><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF8443AU" TargetMode="External" /><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BNT0003AU" TargetMode="External" /><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0036AU" TargetMode="External" /><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/APN0008AU" TargetMode="External" /><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/GSF0001AU" TargetMode="External" /><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0008AU" TargetMode="External" /><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FRAR" TargetMode="External" /><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CIM0008AU" TargetMode="External" /><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IJP" TargetMode="External" /><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0046AU" TargetMode="External" /><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIC6396AU" TargetMode="External" /><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IVV" TargetMode="External" /><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/OPS0002AU" TargetMode="External" /><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0817AU" TargetMode="External" /><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PCL0005AU" TargetMode="External" /><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0102AU" TargetMode="External" /><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0670AU" TargetMode="External" /><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VESG" TargetMode="External" /><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0023AU" TargetMode="External" /><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0040AU" TargetMode="External" /><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0003AU" TargetMode="External" /><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TYN0104AU" TargetMode="External" /><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QUAL" TargetMode="External" /><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAP" TargetMode="External" /><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0109AU" TargetMode="External" /><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MIA0001AU" TargetMode="External" /><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0260AU" TargetMode="External" /><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC7849AU" TargetMode="External" /><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0038AU" TargetMode="External" /><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0019AU" TargetMode="External" /><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CNEW" TargetMode="External" /><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GRNV" TargetMode="External" /><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0001AU" TargetMode="External" /><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0108AU" TargetMode="External" /><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEQ" TargetMode="External" /><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0110AU" TargetMode="External" /><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0103AU" TargetMode="External" /><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VSO" TargetMode="External" /><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVE" TargetMode="External" /><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0065AU" TargetMode="External" /><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VHY" TargetMode="External" /><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDCO" TargetMode="External" /><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CHN8850AU" TargetMode="External" /><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0015AU" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF3982AU" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/XARO" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0032AU" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CRS0002AU" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CRS0002AU" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF3982AU" TargetMode="External" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/EQI0028AU" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0131AU" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0131AU" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0032AU" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14347" TargetMode="External" /><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/COL0001AU" TargetMode="External" /><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IYLD" TargetMode="External" /><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0004AU" TargetMode="External" /><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0001AU" TargetMode="External" /><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ5703AU" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HBRD" TargetMode="External" /><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0007AU" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK6264AU" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK9560AU" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0018AU" TargetMode="External" /><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0003AU" TargetMode="External" /><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0014AU" TargetMode="External" /><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0122AU" TargetMode="External" /><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0277AU" TargetMode="External" /><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK4636AU" TargetMode="External" /><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0006AU" TargetMode="External" /><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IVE" TargetMode="External" /><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK9675AU" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0017AU" TargetMode="External" /><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0010AU" TargetMode="External" /><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SSB0043AU" TargetMode="External" /><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IML0341AU" TargetMode="External" /><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0211AU" TargetMode="External" /><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0008AU" TargetMode="External" /><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0044AU" TargetMode="External" /><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ILC" TargetMode="External" /><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0145AU" TargetMode="External" /><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0557AU" TargetMode="External" /><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/UBS0004AU" TargetMode="External" /><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SBC0007AU" TargetMode="External" /><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF0976AU" TargetMode="External" /><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0030AU" TargetMode="External" /><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WDIV" TargetMode="External" /><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6342AU" TargetMode="External" /><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIC9659AU" TargetMode="External" /><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0100AU" TargetMode="External" /><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0782AU" TargetMode="External" /><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TGP0008AU" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14314" TargetMode="External" /><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0003AU" TargetMode="External" /><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0108AU" TargetMode="External" /><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM3425AU" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ACM0006AU" TargetMode="External" /><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL7377AU" TargetMode="External" /><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0631AU" TargetMode="External" /><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WPC1963AU" TargetMode="External" /><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0105AU" TargetMode="External" /><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0010AU" TargetMode="External" /><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM1925AU" TargetMode="External" /><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0084AU" TargetMode="External" /><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SEMI" TargetMode="External" /><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT8435AU" TargetMode="External" /><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0001AU" TargetMode="External" /><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/DFA7518AU" TargetMode="External" /><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM7802AU" TargetMode="External" /><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0026AU" TargetMode="External" /><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0009AU" TargetMode="External" /><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ZUR0064AU" TargetMode="External" /><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0482AU" TargetMode="External" /><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0116AU" TargetMode="External" /><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0182AU" TargetMode="External" /><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/TYN0028AU" TargetMode="External" /><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0419AU" TargetMode="External" /><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0819AU" TargetMode="External" /><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0049AU" TargetMode="External" /><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0667AU" TargetMode="External" /><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0265AU" TargetMode="External" /><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC9748AU" TargetMode="External" /><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0042AU" TargetMode="External" /><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0557AU" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0023AU" TargetMode="External" /><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0105AU" TargetMode="External" /><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HBC0011AU" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14313" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL3086AU" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14312" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL9255AU" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL9255AU" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14313" TargetMode="External" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_16226" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14311" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0164AU" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14312" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14348" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL6153AU" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL6153AU" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14311" TargetMode="External" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14350" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14351" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14351" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14348" TargetMode="External" /><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0007AU" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GEAR" TargetMode="External" /><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/EGG0001AU" TargetMode="External" /><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0004AU" TargetMode="External" /><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0007AU" TargetMode="External" /><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0976AU" TargetMode="External" /><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0047AU" TargetMode="External" /><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SFY" TargetMode="External" /><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL6342AU" TargetMode="External" /><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIC9659AU" TargetMode="External" /><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIXX" TargetMode="External" /><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0782AU" TargetMode="External" /><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0008AU" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/YMAX" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GOLD" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BNDS" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BAR0811AU" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP3940AU" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0027AU" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0171AU" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0004AU" TargetMode="External" /><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE0002AU" TargetMode="External" /><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0172AU" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/YOC0100AU" TargetMode="External" /><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/LAZ0014AU" TargetMode="External" /><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0201AU" TargetMode="External" /><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL9930AU" TargetMode="External" /><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0432AU" TargetMode="External" /><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOO" TargetMode="External" /><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK7938AU" TargetMode="External" /><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHVV" TargetMode="External" /><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0046AU" TargetMode="External" /><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0921AU" TargetMode="External" /><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK9675AU" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FAIR" TargetMode="External" /><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0211AU" TargetMode="External" /><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MGE9182AU" TargetMode="External" /><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0059AU" TargetMode="External" /><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0005AU" TargetMode="External" /><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0410AU" TargetMode="External" /><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0052AU" TargetMode="External" /><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VEFI" TargetMode="External" /><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0023AU" TargetMode="External" /><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0004AU" TargetMode="External" /><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0019AU" TargetMode="External" /><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/REIT" TargetMode="External" /><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ESGI" TargetMode="External" /><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGB" TargetMode="External" /><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0109AU" TargetMode="External" /><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0064AU" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_16225" TargetMode="External" /><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IAA" TargetMode="External" /><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GLPR" TargetMode="External" /><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0043AU" TargetMode="External" /><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FANG" TargetMode="External" /><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HYGG" TargetMode="External" /><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0005AU" TargetMode="External" /><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/DFA4137AU" TargetMode="External" /><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/GSF0002AU" TargetMode="External" /><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0021AU" TargetMode="External" /><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FRT0027AU" TargetMode="External" /><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0108AU" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QAU" TargetMode="External" /><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PMGOLD" TargetMode="External" /><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0018AU" TargetMode="External" /><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/RFA0813AU" TargetMode="External" /><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BTA0061AU" TargetMode="External" /><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0270AU" TargetMode="External" /><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PER0077AU" TargetMode="External" /><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC0398AU" TargetMode="External" /><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MLC7387AU" TargetMode="External" /><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/INT0028AU" TargetMode="External" /><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PRM0015AU" TargetMode="External" /><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WFS0377AU" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ACM0006AU" TargetMode="External" /><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK4812AU" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0115AU" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0106AU" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0028AU" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0002AU" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PPL0002AU" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0115AU" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/NML0001AU" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0008AU" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0008AU" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0028AU" TargetMode="External" /><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0025AU" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1086AU" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1086AU" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PIM1961AU" TargetMode="External" /><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK4636AU" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0079AU" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0079AU" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF3532AU" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF3532AU" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BAR0813AU" TargetMode="External" /><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0811AU" TargetMode="External" /><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS8018AU" TargetMode="External" /><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0974AU" TargetMode="External" /><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GROW" TargetMode="External" /><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0019AU" TargetMode="External" /><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0398AU" TargetMode="External" /><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0004AU" TargetMode="External" /><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0002AU" TargetMode="External" /><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL6693AU" TargetMode="External" /><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0034AU" TargetMode="External" /><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PWA0822AU" TargetMode="External" /><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0854AU" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QFN" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QLTY" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK1918AU" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK0009AU" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0104AU" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AUG0025AU" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF5774AU" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CSA0046AU" TargetMode="External" /><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0206AU" TargetMode="External" /><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAP0001AU" TargetMode="External" /><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ALTB" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ACM0009AU" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/M_14349" TargetMode="External" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK0012AU" TargetMode="External" /><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0046AU" TargetMode="External" /><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0018AU" TargetMode="External" /><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0106AU" TargetMode="External" /><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/OPS0002AU" TargetMode="External" /><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0817AU" TargetMode="External" /><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PCL0005AU" TargetMode="External" /><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0102AU" TargetMode="External" /><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0670AU" TargetMode="External" /><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0449AU" TargetMode="External" /><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0920AU" TargetMode="External" /><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0040AU" TargetMode="External" /><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VGAD" TargetMode="External" /><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/JBW0009AU" TargetMode="External" /><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDGR" TargetMode="External" /><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN9309AU" TargetMode="External" /><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0110AU" TargetMode="External" /><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0103AU" TargetMode="External" /><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLUS" TargetMode="External" /><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MVW" TargetMode="External" /><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VACF" TargetMode="External" /><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0002AU" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ACM0009AU" TargetMode="External" /><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BGL0034AU" TargetMode="External" /><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IWLD" TargetMode="External" /><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF0454AU" TargetMode="External" /><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4207AU" TargetMode="External" /><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0404AU" TargetMode="External" /><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0002AU" TargetMode="External" /><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM0028AU" TargetMode="External" /><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ANT0002AU" TargetMode="External" /><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FID0015AU" TargetMode="External" /><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ5703AU" TargetMode="External" /><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0105AU" TargetMode="External" /><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ICOR" TargetMode="External" /><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/JBW0009AU" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0060AU" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_16226" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AASF" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL2805AU" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL2805AU" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0060AU" TargetMode="External" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF7298AU" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF7298AU" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/WHT2409AU" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/WHT2409AU" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14347" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PIM1961AU" TargetMode="External" /><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IESG" TargetMode="External" /><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN8175AU" TargetMode="External" /><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK3651AU" TargetMode="External" /><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CHN5843AU" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BHYB" TargetMode="External" /><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0001AU" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/NDQ" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAL0018AU" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP3940AU" TargetMode="External" /><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0003AU" TargetMode="External" /><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0014AU" TargetMode="External" /><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0122AU" TargetMode="External" /><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0274AU" TargetMode="External" /><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BLK2127AU" TargetMode="External" /><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0002AU" TargetMode="External" /><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHEB" TargetMode="External" /><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IGB" TargetMode="External" /><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0010AU" TargetMode="External" /><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0043AU" TargetMode="External" /><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LPGD" TargetMode="External" /><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0432AU" TargetMode="External" /><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AESG" TargetMode="External" /><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0044AU" TargetMode="External" /><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SSB0515AU" TargetMode="External" /><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0145AU" TargetMode="External" /><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0064AU" TargetMode="External" /><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/UBS0003AU" TargetMode="External" /><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0103AU" TargetMode="External" /><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SCH0102AU" TargetMode="External" /><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/FSF1675AU" TargetMode="External" /><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUS0035AU" TargetMode="External" /><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0001AU" TargetMode="External" /><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0813AU" TargetMode="External" /><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/SBC0814AU" TargetMode="External" /><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IOF0184AU" TargetMode="External" /><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SUBD" TargetMode="External" /><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0381AU" TargetMode="External" /><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/SCH0030AU" TargetMode="External" /><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0119AU" TargetMode="External" /><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0071AU" TargetMode="External" /><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0019AU" TargetMode="External" /><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PLA0100AU" TargetMode="External" /><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PMC0100AU" TargetMode="External" /><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TGP0016AU" TargetMode="External" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL3086AU" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/YOC0100AU" TargetMode="External" /><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PAL0002AU" TargetMode="External" /><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BILL" TargetMode="External" /><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF1241AU" TargetMode="External" /><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF8443AU" TargetMode="External" /><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL7377AU" TargetMode="External" /><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PPL0036AU" TargetMode="External" /><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/APN0008AU" TargetMode="External" /><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GSF0001AU" TargetMode="External" /><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FID0008AU" TargetMode="External" /><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LEVR" TargetMode="External" /><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ZUR0617AU" TargetMode="External" /><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MMC0110AU" TargetMode="External" /><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HLTH" TargetMode="External" /><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE0006AU" TargetMode="External" /><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0116AU" TargetMode="External" /><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0016AU" TargetMode="External" /><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IFRA" TargetMode="External" /><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/TYN0028AU" TargetMode="External" /><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BTA0419AU" TargetMode="External" /><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/RFA0819AU" TargetMode="External" /><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PER0049AU" TargetMode="External" /><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MLC0667AU" TargetMode="External" /><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN8175AU" TargetMode="External" /><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0024AU" TargetMode="External" /><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/INT0042AU" TargetMode="External" /><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/VAN0003AU" TargetMode="External" /><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GDX" TargetMode="External" /><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/QHAL" TargetMode="External" /><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAS" TargetMode="External" /><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VDBA" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/M_14314" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AUG0027AU" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/CRS0005AU" TargetMode="External" /><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/PLA0003AU" TargetMode="External" /><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MGE9182AU" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/BFL0002AU" TargetMode="External" /><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0041AU" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP0974AU" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/NML0001AU" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ANT0005AU" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP0557AU" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AMP0557AU" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AMP0974AU" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0164AU" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0121AU" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/HOW0121AU" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ANT0005AU" TargetMode="External" /><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0277AU" TargetMode="External" /><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0001AU" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL4308AU" TargetMode="External" /><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/PWA0822AU" TargetMode="External" /><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MAQ0854AU" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/A200" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GBND" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK1918AU" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK0009AU" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0103AU" TargetMode="External" /><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HOW0052AU" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/FSF5774AU" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/CSA0046AU" TargetMode="External" /><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/IML0341AU" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AGVT" TargetMode="External" /><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/MHG" TargetMode="External" /><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0172AU" TargetMode="External" /><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHD" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/AAP0104AU" TargetMode="External" /><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/LAZ0014AU" TargetMode="External" /><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL0201AU" TargetMode="External" /><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETL9930AU" TargetMode="External" /><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/MAQ0825AU" TargetMode="External" /><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IHOO" TargetMode="External" /><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BLK7938AU" TargetMode="External" /><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IKO" TargetMode="External" /><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IOF0046AU" TargetMode="External" /><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0483AU" TargetMode="External" /><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL0041AU" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/AAA" TargetMode="External" /><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/IXJ" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ETHI" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/HGBL" TargetMode="External" /><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/VAN0108AU" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/tmd/code/ETL4308AU" TargetMode="External" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/ACM0005AU" TargetMode="External" /><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/BGL0105AU" TargetMode="External" /><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.platformplus.com.au/pds/code/GLIN" TargetMode="External" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31887DAC-A5F8-4FFA-B4F3-21C7F49AB9A7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C12E1340-AC0B-4998-884C-D2745F92B9A7}">
   <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="26.5714285714286" customWidth="1"/>
     <col min="2" max="2" width="11.1428571428571" customWidth="1"/>
     <col min="3" max="3" width="15.5714285714286" customWidth="1"/>
     <col min="4" max="4" width="30.2857142857143" customWidth="1"/>
     <col min="5" max="5" width="39.1428571428571" customWidth="1"/>
     <col min="6" max="6" width="5.14285714285714" customWidth="1"/>
     <col min="7" max="7" width="5.28571428571429" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="12.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -3501,9912 +3576,10259 @@
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="12.75">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G2" t="s">
-        <v>12</v>
+      <c r="G2" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="12.75">
       <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" t="s">
         <v>13</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="12.75">
       <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>17</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G4" t="s">
-        <v>12</v>
+      <c r="G4" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="12.75">
       <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="12.75">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G6" t="s">
-        <v>12</v>
+      <c r="G6" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="12.75">
       <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" t="s">
         <v>27</v>
       </c>
-      <c r="B7" t="s">
+      <c r="E7" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="12.75">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G8" t="s">
-        <v>12</v>
+      <c r="G8" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="12.75">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G9" t="s">
-        <v>12</v>
+      <c r="G9" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="12.75">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G10" t="s">
-        <v>12</v>
+      <c r="G10" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="12.75">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G11" t="s">
-        <v>12</v>
+      <c r="G11" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="12.75">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G12" t="s">
-        <v>12</v>
+      <c r="G12" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="12.75">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G13" t="s">
-        <v>12</v>
+      <c r="G13" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="12.75">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B14" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G14" t="s">
-        <v>12</v>
+      <c r="G14" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="12.75">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E15" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="12.75">
       <c r="A16" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C16" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G16" t="s">
-        <v>12</v>
+      <c r="G16" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" tooltip="Click to view Alpha Australian Shares SMA Product Disclosure Statement" display="PDS"/>
-    <hyperlink ref="F3" r:id="rId2" tooltip="Click to view Alpha Balanced Product Disclosure Statement" display="PDS"/>
-[...16 lines deleted...]
-    <hyperlink ref="F16" r:id="rId19" tooltip="Click to view Alpha Moderate SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G2" r:id="rId2" tooltip="Click to view Alpha Australian Shares SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F3" r:id="rId3" tooltip="Click to view Alpha Balanced Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G3" r:id="rId4" tooltip="Click to view Alpha Balanced  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F4" r:id="rId5" tooltip="Click to view Alpha Balanced SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G4" r:id="rId6" tooltip="Click to view Alpha Balanced SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F5" r:id="rId7" tooltip="Click to view Alpha Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G5" r:id="rId8" tooltip="Click to view Alpha Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F6" r:id="rId9" tooltip="Click to view Alpha Growth SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G6" r:id="rId10" tooltip="Click to view Alpha Growth SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F7" r:id="rId11" tooltip="Click to view Alpha High Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G7" r:id="rId12" tooltip="Click to view Alpha High Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F8" r:id="rId13" tooltip="Click to view Alpha High Growth SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G8" r:id="rId14" tooltip="Click to view Alpha High Growth SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F9" r:id="rId15" tooltip="Click to view Alpha Income SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G9" r:id="rId16" tooltip="Click to view Alpha Income SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F10" r:id="rId17" tooltip="Click to view Alpha Index Balanced SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G10" r:id="rId18" tooltip="Click to view Alpha Index Balanced SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F11" r:id="rId19" tooltip="Click to view Alpha Index Conservative SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G11" r:id="rId20" tooltip="Click to view Alpha Index Conservative SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F12" r:id="rId21" tooltip="Click to view Alpha Index Growth SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G12" r:id="rId22" tooltip="Click to view Alpha Index Growth SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F13" r:id="rId23" tooltip="Click to view Alpha Index High Growth SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G13" r:id="rId24" tooltip="Click to view Alpha Index High Growth SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F14" r:id="rId25" tooltip="Click to view Alpha Index Moderate SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G14" r:id="rId26" tooltip="Click to view Alpha Index Moderate SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F15" r:id="rId27" tooltip="Click to view Alpha Moderate Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G15" r:id="rId28" tooltip="Click to view Alpha Moderate  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F16" r:id="rId29" tooltip="Click to view Alpha Moderate SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G16" r:id="rId30" tooltip="Click to view Alpha Moderate SMA  Target Market Determination" display="TMD"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0804921A-4CB6-4FC2-958E-EF6D48F9B9A7}">
-  <dimension ref="A1:G400"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38DAFE5E-97C4-4B55-9CCF-43449105B9A7}">
+  <dimension ref="A1:G413"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="63" customWidth="1"/>
+    <col min="1" max="1" width="56" customWidth="1"/>
     <col min="2" max="2" width="12.4285714285714" customWidth="1"/>
     <col min="3" max="3" width="15.5714285714286" customWidth="1"/>
     <col min="4" max="4" width="30.2857142857143" customWidth="1"/>
     <col min="5" max="5" width="40.2857142857143" customWidth="1"/>
     <col min="6" max="6" width="5.14285714285714" customWidth="1"/>
     <col min="7" max="7" width="5.28571428571429" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="12.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>967</v>
+        <v>992</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="12.75">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="C2" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="12.75">
       <c r="A3" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="C3" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="12.75">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="C4" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="D4" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="E4" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="12.75">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="B5" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="D5" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="E5" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="12.75">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="C6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="12.75">
       <c r="A7" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="D7" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="12.75">
       <c r="A8" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="12.75">
       <c r="A9" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="12.75">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="E10" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="12.75">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="D11" t="s">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="12.75">
       <c r="A12" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="12.75">
       <c r="A13" t="s">
-        <v>7</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G13" t="s">
-        <v>12</v>
+      <c r="G13" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="12.75">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="B14" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="12.75">
       <c r="A15" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="B15" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="C15" t="s">
-        <v>19</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G15" t="s">
-        <v>12</v>
+      <c r="G15" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="12.75">
       <c r="A16" t="s">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="B16" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="12.75">
       <c r="A17" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="B17" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G17" t="s">
-        <v>12</v>
+      <c r="G17" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="12.75">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="12.75">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G19" t="s">
-        <v>12</v>
+      <c r="G19" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="12.75">
       <c r="A20" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="D20" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G20" t="s">
-        <v>12</v>
+      <c r="G20" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="12.75">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G21" t="s">
-        <v>12</v>
+      <c r="G21" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="12.75">
       <c r="A22" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D22" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E22" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G22" t="s">
-        <v>12</v>
+      <c r="G22" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="12.75">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="B23" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G23" t="s">
-        <v>12</v>
+      <c r="G23" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="12.75">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G24" t="s">
-        <v>12</v>
+      <c r="G24" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="12.75">
       <c r="A25" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B25" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="C25" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G25" t="s">
-        <v>12</v>
+      <c r="G25" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="12.75">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="B26" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="C26" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="D26" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="E26" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="12.75">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="C27" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G27" t="s">
-        <v>12</v>
+      <c r="G27" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="12.75">
       <c r="A28" t="s">
-        <v>99</v>
+        <v>40</v>
       </c>
       <c r="B28" t="s">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="C28" t="s">
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="12.75">
       <c r="A29" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="B29" t="s">
-        <v>103</v>
+        <v>43</v>
       </c>
       <c r="C29" t="s">
-        <v>104</v>
+        <v>9</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="12.75">
       <c r="A30" t="s">
-        <v>105</v>
+        <v>45</v>
       </c>
       <c r="B30" t="s">
-        <v>106</v>
+        <v>46</v>
       </c>
       <c r="C30" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="E30" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="12.75">
       <c r="A31" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
       <c r="B31" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="C31" t="s">
-        <v>109</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="12.75">
       <c r="A32" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="B32" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="C32" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="D32" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>115</v>
+        <v>57</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="12.75">
       <c r="A33" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="B33" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="D33" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="E33" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="12.75">
       <c r="A34" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="B34" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="C34" t="s">
-        <v>121</v>
+        <v>75</v>
       </c>
       <c r="D34" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="E34" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="12.75">
       <c r="A35" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="B35" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>90</v>
       </c>
       <c r="D35" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="E35" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="12.75">
       <c r="A36" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="B36" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="C36" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="D36" t="s">
-        <v>129</v>
+        <v>91</v>
       </c>
       <c r="E36" t="s">
-        <v>11</v>
+        <v>117</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="12.75">
       <c r="A37" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="C37" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="D37" t="s">
-        <v>133</v>
+        <v>65</v>
       </c>
       <c r="E37" t="s">
-        <v>96</v>
+        <v>121</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="12.75">
       <c r="A38" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="B38" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="C38" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="D38" t="s">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="12.75">
       <c r="A39" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="B39" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="C39" t="s">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="D39" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="E39" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="12.75">
       <c r="A40" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="B40" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="C40" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="D40" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="12.75">
       <c r="A41" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="B41" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="C41" t="s">
-        <v>144</v>
+        <v>56</v>
       </c>
       <c r="D41" t="s">
-        <v>10</v>
+        <v>129</v>
       </c>
       <c r="E41" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="12.75">
       <c r="A42" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="B42" t="s">
-        <v>146</v>
+        <v>136</v>
       </c>
       <c r="C42" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="12.75">
       <c r="A43" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="B43" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="C43" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="D43" t="s">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="E43" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="12.75">
       <c r="A44" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="B44" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="C44" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="D44" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="E44" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="12.75">
       <c r="A45" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="B45" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C45" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D45" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E45" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="12.75">
       <c r="A46" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="B46" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="12.75">
       <c r="A47" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="B47" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="C47" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="D47" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E47" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="12.75">
       <c r="A48" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B48" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C48" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="D48" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E48" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="12.75">
       <c r="A49" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="B49" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="C49" t="s">
-        <v>109</v>
+        <v>155</v>
       </c>
       <c r="D49" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="E49" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="12.75">
       <c r="A50" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="B50" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="C50" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="D50" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E50" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="12.75">
       <c r="A51" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="B51" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="C51" t="s">
-        <v>171</v>
+        <v>108</v>
       </c>
       <c r="D51" t="s">
-        <v>172</v>
+        <v>10</v>
       </c>
       <c r="E51" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="12.75">
       <c r="A52" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="B52" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="C52" t="s">
-        <v>121</v>
+        <v>165</v>
       </c>
       <c r="D52" t="s">
-        <v>10</v>
+        <v>166</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="12.75">
       <c r="A53" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="B53" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="C53" t="s">
-        <v>177</v>
+        <v>116</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="12.75">
       <c r="A54" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="B54" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="C54" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="D54" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="12.75">
       <c r="A55" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="B55" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="C55" t="s">
-        <v>83</v>
+        <v>174</v>
       </c>
       <c r="D55" t="s">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:7" ht="12.75">
       <c r="A56" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="B56" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="C56" t="s">
-        <v>186</v>
+        <v>79</v>
       </c>
       <c r="D56" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E56" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:7" ht="12.75">
       <c r="A57" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="B57" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="C57" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="D57" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="E57" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="12.75">
       <c r="A58" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="B58" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C58" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="D58" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="E58" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="12.75">
       <c r="A59" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="B59" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="C59" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="12.75">
       <c r="A60" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="B60" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="C60" t="s">
-        <v>9</v>
+        <v>190</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="12.75">
       <c r="A61" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="B61" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="C61" t="s">
-        <v>201</v>
+        <v>9</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="12.75">
       <c r="A62" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="B62" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="C62" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="D62" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="E62" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="12.75">
       <c r="A63" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="B63" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="C63" t="s">
-        <v>177</v>
+        <v>198</v>
       </c>
       <c r="D63" t="s">
-        <v>118</v>
+        <v>175</v>
       </c>
       <c r="E63" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="12.75">
       <c r="A64" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="B64" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="C64" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="D64" t="s">
-        <v>181</v>
+        <v>113</v>
       </c>
       <c r="E64" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="12.75">
       <c r="A65" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="B65" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="C65" t="s">
-        <v>79</v>
+        <v>203</v>
       </c>
       <c r="D65" t="s">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="E65" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="12.75">
       <c r="A66" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B66" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="C66" t="s">
-        <v>214</v>
+        <v>75</v>
       </c>
       <c r="D66" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E66" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:7" ht="12.75">
       <c r="A67" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="B67" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="C67" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="12.75">
       <c r="A68" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="B68" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="C68" t="s">
-        <v>86</v>
+        <v>211</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
       <c r="E68" t="s">
-        <v>220</v>
+        <v>11</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="12.75">
       <c r="A69" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="B69" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="C69" t="s">
-        <v>223</v>
+        <v>82</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
       <c r="E69" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="12.75">
       <c r="A70" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B70" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="C70" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="D70" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E70" t="s">
-        <v>96</v>
+        <v>214</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="12.75">
       <c r="A71" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="B71" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="C71" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="12.75">
       <c r="A72" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="B72" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="C72" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="12.75">
       <c r="A73" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B73" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C73" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="12.75">
       <c r="A74" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="B74" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="C74" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="12.75">
       <c r="A75" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="B75" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="C75" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="12.75">
       <c r="A76" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="B76" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="C76" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="12.75">
       <c r="A77" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="B77" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="C77" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="12.75">
       <c r="A78" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="B78" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="C78" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="12.75">
       <c r="A79" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="B79" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="C79" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="12.75">
       <c r="A80" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="B80" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="C80" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:7" ht="12.75">
       <c r="A81" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="B81" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="C81" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="12.75">
       <c r="A82" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="B82" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C82" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:7" ht="12.75">
       <c r="A83" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="B83" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="C83" t="s">
-        <v>259</v>
+        <v>198</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="12.75">
       <c r="A84" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="B84" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="C84" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:7" ht="12.75">
       <c r="A85" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="B85" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="C85" t="s">
-        <v>265</v>
+        <v>100</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="12.75">
       <c r="A86" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
       <c r="B86" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="C86" t="s">
-        <v>268</v>
+        <v>53</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="12.75">
       <c r="A87" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="B87" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="C87" t="s">
-        <v>204</v>
+        <v>259</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="12.75">
       <c r="A88" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
       <c r="B88" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="C88" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="12.75">
       <c r="A89" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="B89" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="C89" t="s">
-        <v>196</v>
+        <v>265</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:7" ht="12.75">
       <c r="A90" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="B90" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="C90" t="s">
-        <v>278</v>
+        <v>198</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:7" ht="12.75">
       <c r="A91" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="B91" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="C91" t="s">
-        <v>196</v>
+        <v>270</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="12.75">
       <c r="A92" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="B92" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="C92" t="s">
-        <v>268</v>
+        <v>190</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="12.75">
       <c r="A93" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="B93" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="C93" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="12.75">
       <c r="A94" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B94" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="C94" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:7" ht="12.75">
       <c r="A95" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="B95" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="C95" t="s">
-        <v>180</v>
+        <v>262</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="12.75">
       <c r="A96" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="B96" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C96" t="s">
-        <v>26</v>
+        <v>282</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="12.75">
       <c r="A97" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="B97" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="C97" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="12.75">
       <c r="A98" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="B98" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="C98" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:7" ht="12.75">
       <c r="A99" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="B99" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="C99" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D99" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="E99" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:7" ht="12.75">
       <c r="A100" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="B100" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C100" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D100" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="E100" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="12.75">
       <c r="A101" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="B101" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="C101" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="D101" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="E101" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:7" ht="12.75">
       <c r="A102" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="B102" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="C102" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D102" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="E102" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:7" ht="12.75">
       <c r="A103" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="B103" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="C103" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="D103" t="s">
-        <v>37</v>
+        <v>301</v>
       </c>
       <c r="E103" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:7" ht="12.75">
       <c r="A104" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="B104" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="C104" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="D104" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E104" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:7" ht="12.75">
       <c r="A105" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="B105" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="C105" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D105" t="s">
-        <v>110</v>
+        <v>307</v>
       </c>
       <c r="E105" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="12.75">
       <c r="A106" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="B106" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="C106" t="s">
-        <v>259</v>
+        <v>100</v>
       </c>
       <c r="D106" t="s">
         <v>9</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:7" ht="12.75">
       <c r="A107" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="B107" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="C107" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D107" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="E107" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:7" ht="12.75">
       <c r="A108" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="B108" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="C108" t="s">
+        <v>125</v>
+      </c>
+      <c r="D108" t="s">
         <v>129</v>
       </c>
-      <c r="D108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:7" ht="12.75">
       <c r="A109" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="B109" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="C109" t="s">
-        <v>177</v>
+        <v>26</v>
       </c>
       <c r="D109" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="E109" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:7" ht="12.75">
       <c r="A110" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="B110" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="C110" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D110" t="s">
-        <v>110</v>
+        <v>307</v>
       </c>
       <c r="E110" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:7" ht="12.75">
       <c r="A111" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="B111" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="C111" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:7" ht="12.75">
       <c r="A112" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="B112" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="C112" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="D112" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="E112" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:7" ht="12.75">
       <c r="A113" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="B113" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="C113" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="D113" t="s">
-        <v>336</v>
+        <v>10</v>
       </c>
       <c r="E113" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:7" ht="12.75">
       <c r="A114" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="B114" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="C114" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="D114" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="E114" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:7" ht="12.75">
       <c r="A115" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="B115" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C115" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="D115" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E115" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:7" ht="12.75">
       <c r="A116" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="B116" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="C116" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="D116" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E116" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:7" ht="12.75">
       <c r="A117" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="B117" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="C117" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D117" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E117" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:7" ht="12.75">
       <c r="A118" t="s">
-        <v>347</v>
+        <v>339</v>
       </c>
       <c r="B118" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="C118" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:7" ht="12.75">
       <c r="A119" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="B119" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="C119" t="s">
-        <v>177</v>
+        <v>343</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:7" ht="12.75">
       <c r="A120" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="B120" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="C120" t="s">
-        <v>153</v>
+        <v>53</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:7" ht="12.75">
       <c r="A121" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="B121" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="C121" t="s">
-        <v>355</v>
+        <v>171</v>
       </c>
       <c r="D121" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="E121" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:7" ht="12.75">
       <c r="A122" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="B122" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="C122" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="D122" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E122" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:7" ht="12.75">
       <c r="A123" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="B123" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="C123" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="D123" t="s">
-        <v>10</v>
+        <v>307</v>
       </c>
       <c r="E123" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:7" ht="12.75">
       <c r="A124" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="B124" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="C124" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="D124" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="E124" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:7" ht="12.75">
       <c r="A125" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="B125" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="C125" t="s">
-        <v>180</v>
+        <v>359</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E125" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:7" ht="12.75">
       <c r="A126" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B126" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="C126" t="s">
-        <v>180</v>
+        <v>362</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:7" ht="12.75">
       <c r="A127" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="B127" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="C127" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
       <c r="D127" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E127" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:7" ht="12.75">
       <c r="A128" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="B128" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="C128" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="D128" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:7" ht="12.75">
       <c r="A129" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="B129" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="C129" t="s">
-        <v>375</v>
+        <v>174</v>
       </c>
       <c r="D129" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:7" ht="12.75">
       <c r="A130" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="B130" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="C130" t="s">
-        <v>90</v>
+        <v>140</v>
       </c>
       <c r="D130" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="E130" t="s">
-        <v>220</v>
+        <v>11</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:7" ht="12.75">
       <c r="A131" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B131" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="C131" t="s">
-        <v>177</v>
+        <v>140</v>
       </c>
       <c r="D131" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="E131" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:7" ht="12.75">
       <c r="A132" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="B132" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="C132" t="s">
-        <v>262</v>
+        <v>375</v>
       </c>
       <c r="D132" t="s">
-        <v>382</v>
+        <v>10</v>
       </c>
       <c r="E132" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:7" ht="12.75">
       <c r="A133" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="B133" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="C133" t="s">
-        <v>150</v>
+        <v>9</v>
       </c>
       <c r="D133" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E133" t="s">
-        <v>238</v>
+        <v>11</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:7" ht="12.75">
       <c r="A134" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="B134" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="C134" t="s">
-        <v>104</v>
+        <v>86</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E134" t="s">
-        <v>111</v>
+        <v>214</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:7" ht="12.75">
       <c r="A135" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="B135" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="C135" t="s">
-        <v>389</v>
+        <v>86</v>
       </c>
       <c r="D135" t="s">
-        <v>65</v>
+        <v>113</v>
       </c>
       <c r="E135" t="s">
-        <v>11</v>
+        <v>214</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:7" ht="12.75">
       <c r="A136" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="B136" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="C136" t="s">
-        <v>392</v>
+        <v>171</v>
       </c>
       <c r="D136" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="E136" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:7" ht="12.75">
       <c r="A137" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="B137" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="C137" t="s">
-        <v>395</v>
+        <v>53</v>
       </c>
       <c r="D137" t="s">
-        <v>204</v>
+        <v>386</v>
       </c>
       <c r="E137" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:7" ht="12.75">
       <c r="A138" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="B138" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="C138" t="s">
-        <v>79</v>
+        <v>143</v>
       </c>
       <c r="D138" t="s">
-        <v>247</v>
+        <v>9</v>
       </c>
       <c r="E138" t="s">
-        <v>61</v>
+        <v>229</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:7" ht="12.75">
       <c r="A139" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="B139" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="C139" t="s">
-        <v>336</v>
+        <v>108</v>
       </c>
       <c r="D139" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="E139" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:7" ht="12.75">
       <c r="A140" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="B140" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="C140" t="s">
-        <v>204</v>
+        <v>393</v>
       </c>
       <c r="D140" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="E140" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:7" ht="12.75">
       <c r="A141" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="B141" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="C141" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="D141" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E141" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:7" ht="12.75">
       <c r="A142" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="B142" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="C142" t="s">
-        <v>19</v>
+        <v>399</v>
       </c>
       <c r="D142" t="s">
-        <v>10</v>
+        <v>198</v>
       </c>
       <c r="E142" t="s">
-        <v>11</v>
+        <v>117</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:7" ht="12.75">
       <c r="A143" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="B143" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="C143" t="s">
-        <v>336</v>
+        <v>75</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>238</v>
       </c>
       <c r="E143" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:7" ht="12.75">
       <c r="A144" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="B144" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="C144" t="s">
-        <v>328</v>
+        <v>404</v>
       </c>
       <c r="D144" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E144" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:7" ht="12.75">
       <c r="A145" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="B145" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C145" t="s">
-        <v>104</v>
+        <v>407</v>
       </c>
       <c r="D145" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E145" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:7" ht="12.75">
       <c r="A146" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B146" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="C146" t="s">
-        <v>415</v>
+        <v>198</v>
       </c>
       <c r="D146" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E146" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:7" ht="12.75">
       <c r="A147" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="B147" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C147" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:7" ht="12.75">
       <c r="A148" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="B148" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C148" t="s">
-        <v>76</v>
+        <v>415</v>
       </c>
       <c r="D148" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:7" ht="12.75">
       <c r="A149" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B149" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C149" t="s">
-        <v>76</v>
+        <v>125</v>
       </c>
       <c r="D149" t="s">
-        <v>237</v>
+        <v>10</v>
       </c>
       <c r="E149" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:7" ht="12.75">
       <c r="A150" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B150" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C150" t="s">
-        <v>79</v>
+        <v>404</v>
       </c>
       <c r="D150" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="E150" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:7" ht="12.75">
       <c r="A151" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B151" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="C151" t="s">
-        <v>79</v>
+        <v>321</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:7" ht="12.75">
       <c r="A152" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B152" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C152" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="D152" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:7" ht="12.75">
       <c r="A153" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="B153" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="C153" t="s">
-        <v>79</v>
+        <v>426</v>
       </c>
       <c r="D153" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E153" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:7" ht="12.75">
       <c r="A154" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B154" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C154" t="s">
-        <v>79</v>
+        <v>426</v>
       </c>
       <c r="D154" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="E154" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:7" ht="12.75">
       <c r="A155" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B155" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C155" t="s">
-        <v>312</v>
+        <v>72</v>
       </c>
       <c r="D155" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E155" t="s">
-        <v>115</v>
+        <v>57</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:7" ht="12.75">
       <c r="A156" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B156" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C156" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="D156" t="s">
-        <v>10</v>
+        <v>228</v>
       </c>
       <c r="E156" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:7" ht="12.75">
       <c r="A157" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="B157" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="C157" t="s">
-        <v>132</v>
+        <v>75</v>
       </c>
       <c r="D157" t="s">
-        <v>10</v>
+        <v>129</v>
       </c>
       <c r="E157" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:7" ht="12.75">
       <c r="A158" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B158" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C158" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E158" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:7" ht="12.75">
       <c r="A159" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B159" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C159" t="s">
-        <v>150</v>
+        <v>75</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:7" ht="12.75">
       <c r="A160" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B160" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C160" t="s">
-        <v>150</v>
+        <v>75</v>
       </c>
       <c r="D160" t="s">
         <v>9</v>
       </c>
       <c r="E160" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:7" ht="12.75">
       <c r="A161" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B161" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C161" t="s">
-        <v>110</v>
+        <v>75</v>
       </c>
       <c r="D161" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E161" t="s">
-        <v>238</v>
+        <v>11</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:7" ht="12.75">
       <c r="A162" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="B162" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="C162" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:7" ht="12.75">
       <c r="A163" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B163" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C163" t="s">
-        <v>41</v>
+        <v>447</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:7" ht="12.75">
       <c r="A164" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B164" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C164" t="s">
-        <v>41</v>
+        <v>128</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:7" ht="12.75">
       <c r="A165" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B165" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C165" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="D165" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E165" t="s">
-        <v>111</v>
+        <v>187</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:7" ht="12.75">
       <c r="A166" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B166" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C166" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="D166" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>5</v>
       </c>
+      <c r="G166" s="2" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="167" spans="1:7" ht="12.75">
       <c r="A167" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B167" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C167" t="s">
-        <v>304</v>
+        <v>143</v>
       </c>
       <c r="D167" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E167" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:7" ht="12.75">
       <c r="A168" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B168" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C168" t="s">
-        <v>118</v>
+        <v>307</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
-        <v>61</v>
+        <v>229</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:7" ht="12.75">
       <c r="A169" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B169" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="C169" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:7" ht="12.75">
       <c r="A170" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B170" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C170" t="s">
-        <v>304</v>
+        <v>447</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
-        <v>464</v>
+        <v>187</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:7" ht="12.75">
       <c r="A171" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B171" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="C171" t="s">
-        <v>150</v>
+        <v>447</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E171" t="s">
-        <v>193</v>
+        <v>117</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:7" ht="12.75">
       <c r="A172" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B172" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C172" t="s">
-        <v>150</v>
+        <v>447</v>
       </c>
       <c r="D172" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E172" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:7" ht="12.75">
       <c r="A173" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="B173" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="C173" t="s">
-        <v>196</v>
+        <v>113</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:7" ht="12.75">
       <c r="A174" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="B174" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="C174" t="s">
-        <v>473</v>
+        <v>295</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:7" ht="12.75">
       <c r="A175" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="B175" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C175" t="s">
-        <v>262</v>
+        <v>113</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:7" ht="12.75">
       <c r="A176" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="B176" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C176" t="s">
-        <v>150</v>
+        <v>48</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:7" ht="12.75">
       <c r="A177" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="B177" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="C177" t="s">
-        <v>150</v>
+        <v>295</v>
       </c>
       <c r="D177" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="E177" t="s">
-        <v>96</v>
+        <v>476</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:7" ht="12.75">
       <c r="A178" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="B178" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="C178" t="s">
-        <v>482</v>
+        <v>223</v>
       </c>
       <c r="D178" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E178" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:7" ht="12.75">
       <c r="A179" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="B179" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C179" t="s">
-        <v>485</v>
+        <v>143</v>
       </c>
       <c r="D179" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E179" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:7" ht="12.75">
       <c r="A180" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="B180" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="C180" t="s">
-        <v>237</v>
+        <v>190</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:7" ht="12.75">
       <c r="A181" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B181" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="C181" t="s">
-        <v>150</v>
+        <v>485</v>
       </c>
       <c r="D181" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E181" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:7" ht="12.75">
       <c r="A182" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B182" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C182" t="s">
-        <v>150</v>
+        <v>53</v>
       </c>
       <c r="D182" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E182" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:7" ht="12.75">
       <c r="A183" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="B183" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C183" t="s">
-        <v>494</v>
+        <v>143</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="12.75">
       <c r="A184" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B184" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="C184" t="s">
-        <v>497</v>
+        <v>143</v>
       </c>
       <c r="D184" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E184" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:7" ht="12.75">
       <c r="A185" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="B185" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="C185" t="s">
-        <v>500</v>
+        <v>175</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:7" ht="12.75">
       <c r="A186" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="B186" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="C186" t="s">
-        <v>90</v>
+        <v>343</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:7" ht="12.75">
       <c r="A187" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="B187" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="C187" t="s">
-        <v>19</v>
+        <v>498</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:7" ht="12.75">
       <c r="A188" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="B188" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="C188" t="s">
-        <v>181</v>
+        <v>228</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:7" ht="12.75">
       <c r="A189" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="B189" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="C189" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:7" ht="12.75">
       <c r="A190" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="B190" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="C190" t="s">
-        <v>404</v>
+        <v>143</v>
       </c>
       <c r="D190" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E190" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:7" ht="12.75">
       <c r="A191" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="B191" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="C191" t="s">
-        <v>513</v>
+        <v>143</v>
       </c>
       <c r="D191" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E191" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:7" ht="12.75">
       <c r="A192" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="B192" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="C192" t="s">
-        <v>64</v>
+        <v>509</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:7" ht="12.75">
       <c r="A193" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="B193" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="C193" t="s">
-        <v>237</v>
+        <v>512</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:7" ht="12.75">
       <c r="A194" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="B194" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="C194" t="s">
-        <v>304</v>
+        <v>515</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:7" ht="12.75">
       <c r="A195" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B195" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="C195" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:7" ht="12.75">
       <c r="A196" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="B196" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C196" t="s">
-        <v>19</v>
+        <v>415</v>
       </c>
       <c r="D196" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E196" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:7" ht="12.75">
       <c r="A197" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="B197" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C197" t="s">
-        <v>64</v>
+        <v>175</v>
       </c>
       <c r="D197" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E197" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:7" ht="12.75">
       <c r="A198" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="B198" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="C198" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:7" ht="12.75">
       <c r="A199" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="B199" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="C199" t="s">
-        <v>141</v>
+        <v>412</v>
       </c>
       <c r="D199" t="s">
-        <v>304</v>
+        <v>10</v>
       </c>
       <c r="E199" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:7" ht="12.75">
       <c r="A200" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="B200" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="C200" t="s">
-        <v>358</v>
+        <v>528</v>
       </c>
       <c r="D200" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="E200" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:7" ht="12.75">
       <c r="A201" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="B201" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C201" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="D201" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E201" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:7" ht="12.75">
       <c r="A202" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="B202" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="C202" t="s">
-        <v>60</v>
+        <v>228</v>
       </c>
       <c r="D202" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="E202" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:7" ht="12.75">
       <c r="A203" t="s">
+        <v>533</v>
+      </c>
+      <c r="B203" t="s">
         <v>534</v>
       </c>
-      <c r="B203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:7" ht="12.75">
       <c r="A204" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B204" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="C204" t="s">
-        <v>64</v>
+        <v>295</v>
       </c>
       <c r="D204" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E204" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:7" ht="12.75">
       <c r="A205" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B205" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="C205" t="s">
-        <v>90</v>
+        <v>415</v>
       </c>
       <c r="D205" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E205" t="s">
-        <v>220</v>
+        <v>187</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:7" ht="12.75">
       <c r="A206" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="B206" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="C206" t="s">
-        <v>121</v>
+        <v>415</v>
       </c>
       <c r="D206" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="E206" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:7" ht="12.75">
       <c r="A207" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="B207" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="C207" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="D207" t="s">
         <v>9</v>
       </c>
       <c r="E207" t="s">
-        <v>11</v>
+        <v>214</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:7" ht="12.75">
       <c r="A208" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="B208" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C208" t="s">
-        <v>180</v>
+        <v>137</v>
       </c>
       <c r="D208" t="s">
-        <v>9</v>
+        <v>295</v>
       </c>
       <c r="E208" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:7" ht="12.75">
       <c r="A209" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="B209" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="C209" t="s">
-        <v>285</v>
+        <v>356</v>
       </c>
       <c r="D209" t="s">
-        <v>9</v>
+        <v>175</v>
       </c>
       <c r="E209" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:7" ht="12.75">
       <c r="A210" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="B210" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C210" t="s">
-        <v>551</v>
+        <v>64</v>
       </c>
       <c r="D210" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="E210" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:7" ht="12.75">
       <c r="A211" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="B211" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C211" t="s">
-        <v>328</v>
+        <v>56</v>
       </c>
       <c r="D211" t="s">
-        <v>9</v>
+        <v>307</v>
       </c>
       <c r="E211" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:7" ht="12.75">
       <c r="A212" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="B212" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="C212" t="s">
-        <v>485</v>
+        <v>171</v>
       </c>
       <c r="D212" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E212" t="s">
-        <v>220</v>
+        <v>11</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:7" ht="12.75">
       <c r="A213" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="B213" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="C213" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="D213" t="s">
-        <v>110</v>
+        <v>9</v>
       </c>
       <c r="E213" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:7" ht="12.75">
       <c r="A214" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="B214" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="C214" t="s">
-        <v>560</v>
+        <v>86</v>
       </c>
       <c r="D214" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="E214" t="s">
-        <v>111</v>
+        <v>214</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:7" ht="12.75">
       <c r="A215" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="B215" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="C215" t="s">
-        <v>560</v>
+        <v>116</v>
       </c>
       <c r="D215" t="s">
-        <v>132</v>
+        <v>61</v>
       </c>
       <c r="E215" t="s">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:7" ht="12.75">
       <c r="A216" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="B216" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="C216" t="s">
-        <v>565</v>
+        <v>174</v>
       </c>
       <c r="D216" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>5</v>
       </c>
+      <c r="G216" s="2" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="217" spans="1:7" ht="12.75">
       <c r="A217" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="B217" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="C217" t="s">
-        <v>125</v>
+        <v>174</v>
       </c>
       <c r="D217" t="s">
         <v>9</v>
       </c>
       <c r="E217" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:7" ht="12.75">
       <c r="A218" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="B218" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="C218" t="s">
-        <v>570</v>
+        <v>282</v>
       </c>
       <c r="D218" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="E218" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:7" ht="12.75">
       <c r="A219" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="B219" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="C219" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="D219" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E219" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:7" ht="12.75">
       <c r="A220" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="B220" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="C220" t="s">
-        <v>125</v>
+        <v>569</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:7" ht="12.75">
       <c r="A221" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="B221" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="C221" t="s">
-        <v>9</v>
+        <v>572</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:7" ht="12.75">
       <c r="A222" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="B222" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="C222" t="s">
-        <v>83</v>
+        <v>321</v>
       </c>
       <c r="D222" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="E222" t="s">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:7" ht="12.75">
       <c r="A223" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="B223" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="C223" t="s">
-        <v>581</v>
+        <v>498</v>
       </c>
       <c r="D223" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="E223" t="s">
-        <v>111</v>
+        <v>214</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:7" ht="12.75">
       <c r="A224" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="B224" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="C224" t="s">
-        <v>83</v>
+        <v>579</v>
       </c>
       <c r="D224" t="s">
-        <v>10</v>
+        <v>307</v>
       </c>
       <c r="E224" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:7" ht="12.75">
       <c r="A225" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="B225" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="C225" t="s">
-        <v>104</v>
+        <v>582</v>
       </c>
       <c r="D225" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E225" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:7" ht="12.75">
       <c r="A226" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B226" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="C226" t="s">
-        <v>90</v>
+        <v>582</v>
       </c>
       <c r="D226" t="s">
-        <v>65</v>
+        <v>128</v>
       </c>
       <c r="E226" t="s">
-        <v>111</v>
+        <v>162</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:7" ht="12.75">
       <c r="A227" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="B227" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="C227" t="s">
-        <v>177</v>
+        <v>9</v>
       </c>
       <c r="D227" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E227" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:7" ht="12.75">
       <c r="A228" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="B228" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="C228" t="s">
-        <v>268</v>
+        <v>120</v>
       </c>
       <c r="D228" t="s">
         <v>9</v>
       </c>
       <c r="E228" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:7" ht="12.75">
       <c r="A229" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="B229" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C229" t="s">
-        <v>86</v>
+        <v>591</v>
       </c>
       <c r="D229" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="E229" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:7" ht="12.75">
       <c r="A230" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="B230" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="C230" t="s">
-        <v>596</v>
+        <v>120</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:7" ht="12.75">
       <c r="A231" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="B231" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="C231" t="s">
-        <v>90</v>
+        <v>591</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:7" ht="12.75">
       <c r="A232" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="B232" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="C232" t="s">
-        <v>601</v>
+        <v>79</v>
       </c>
       <c r="D232" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="E232" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:7" ht="12.75">
       <c r="A233" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="B233" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="C233" t="s">
-        <v>332</v>
+        <v>600</v>
       </c>
       <c r="D233" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E233" t="s">
-        <v>16</v>
+        <v>162</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G233" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:7" ht="12.75">
       <c r="A234" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="B234" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="C234" t="s">
-        <v>104</v>
+        <v>79</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
-        <v>23</v>
+        <v>162</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:7" ht="12.75">
       <c r="A235" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="B235" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="C235" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="D235" t="s">
-        <v>129</v>
+        <v>10</v>
       </c>
       <c r="E235" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:7" ht="12.75">
       <c r="A236" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="B236" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="C236" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D236" t="s">
-        <v>273</v>
+        <v>61</v>
       </c>
       <c r="E236" t="s">
-        <v>31</v>
+        <v>162</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:7" ht="12.75">
       <c r="A237" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="B237" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="C237" t="s">
-        <v>201</v>
+        <v>171</v>
       </c>
       <c r="D237" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="E237" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:7" ht="12.75">
       <c r="A238" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="B238" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="C238" t="s">
-        <v>132</v>
+        <v>262</v>
       </c>
       <c r="D238" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="E238" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:7" ht="12.75">
       <c r="A239" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="B239" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="C239" t="s">
-        <v>132</v>
+        <v>82</v>
       </c>
       <c r="D239" t="s">
-        <v>382</v>
+        <v>9</v>
       </c>
       <c r="E239" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:7" ht="12.75">
       <c r="A240" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="B240" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="C240" t="s">
-        <v>132</v>
+        <v>615</v>
       </c>
       <c r="D240" t="s">
-        <v>618</v>
+        <v>10</v>
       </c>
       <c r="E240" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:7" ht="12.75">
       <c r="A241" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="B241" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="C241" t="s">
-        <v>621</v>
+        <v>86</v>
       </c>
       <c r="D241" t="s">
-        <v>404</v>
+        <v>10</v>
       </c>
       <c r="E241" t="s">
-        <v>16</v>
+        <v>214</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:7" ht="12.75">
       <c r="A242" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="B242" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="C242" t="s">
-        <v>68</v>
+        <v>620</v>
       </c>
       <c r="D242" t="s">
-        <v>132</v>
+        <v>10</v>
       </c>
       <c r="E242" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:7" ht="12.75">
       <c r="A243" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="B243" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="C243" t="s">
-        <v>392</v>
+        <v>325</v>
       </c>
       <c r="D243" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E243" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:7" ht="12.75">
       <c r="A244" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="B244" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="C244" t="s">
-        <v>259</v>
+        <v>108</v>
       </c>
       <c r="D244" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E244" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:7" ht="12.75">
       <c r="A245" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="B245" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="C245" t="s">
-        <v>630</v>
+        <v>116</v>
       </c>
       <c r="D245" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="E245" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:7" ht="12.75">
       <c r="A246" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="B246" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="C246" t="s">
-        <v>633</v>
+        <v>75</v>
       </c>
       <c r="D246" t="s">
-        <v>60</v>
+        <v>270</v>
       </c>
       <c r="E246" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:7" ht="12.75">
       <c r="A247" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="B247" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="C247" t="s">
-        <v>601</v>
+        <v>195</v>
       </c>
       <c r="D247" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="E247" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:7" ht="12.75">
       <c r="A248" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="B248" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
       <c r="C248" t="s">
-        <v>294</v>
+        <v>128</v>
       </c>
       <c r="D248" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="E248" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:7" ht="12.75">
       <c r="A249" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="B249" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="C249" t="s">
-        <v>192</v>
+        <v>128</v>
       </c>
       <c r="D249" t="s">
-        <v>9</v>
+        <v>386</v>
       </c>
       <c r="E249" t="s">
-        <v>193</v>
+        <v>15</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:7" ht="12.75">
       <c r="A250" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="B250" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="C250" t="s">
-        <v>268</v>
+        <v>128</v>
       </c>
       <c r="D250" t="s">
-        <v>9</v>
+        <v>637</v>
       </c>
       <c r="E250" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:7" ht="12.75">
       <c r="A251" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="B251" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="C251" t="s">
-        <v>79</v>
+        <v>640</v>
       </c>
       <c r="D251" t="s">
-        <v>9</v>
+        <v>412</v>
       </c>
       <c r="E251" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:7" ht="12.75">
       <c r="A252" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="B252" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C252" t="s">
-        <v>570</v>
+        <v>64</v>
       </c>
       <c r="D252" t="s">
-        <v>618</v>
+        <v>128</v>
       </c>
       <c r="E252" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:7" ht="12.75">
       <c r="A253" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="B253" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="C253" t="s">
-        <v>19</v>
+        <v>396</v>
       </c>
       <c r="D253" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="E253" t="s">
-        <v>193</v>
+        <v>15</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:7" ht="12.75">
       <c r="A254" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="B254" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="C254" t="s">
-        <v>312</v>
+        <v>100</v>
       </c>
       <c r="D254" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="E254" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:7" ht="12.75">
       <c r="A255" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="B255" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="C255" t="s">
-        <v>72</v>
+        <v>649</v>
       </c>
       <c r="D255" t="s">
-        <v>10</v>
+        <v>307</v>
       </c>
       <c r="E255" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:7" ht="12.75">
       <c r="A256" t="s">
+        <v>650</v>
+      </c>
+      <c r="B256" t="s">
+        <v>651</v>
+      </c>
+      <c r="C256" t="s">
         <v>652</v>
       </c>
-      <c r="B256" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D256" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="E256" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:7" ht="12.75">
       <c r="A257" t="s">
+        <v>653</v>
+      </c>
+      <c r="B257" t="s">
         <v>654</v>
       </c>
-      <c r="B257" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" t="s">
-        <v>259</v>
+        <v>620</v>
       </c>
       <c r="D257" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="E257" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:7" ht="12.75">
       <c r="A258" t="s">
+        <v>655</v>
+      </c>
+      <c r="B258" t="s">
         <v>656</v>
       </c>
-      <c r="B258" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="D258" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="E258" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:7" ht="12.75">
       <c r="A259" t="s">
+        <v>657</v>
+      </c>
+      <c r="B259" t="s">
         <v>658</v>
       </c>
-      <c r="B259" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" t="s">
-        <v>87</v>
+        <v>186</v>
       </c>
       <c r="D259" t="s">
         <v>9</v>
       </c>
       <c r="E259" t="s">
-        <v>464</v>
+        <v>187</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:7" ht="12.75">
       <c r="A260" t="s">
+        <v>659</v>
+      </c>
+      <c r="B260" t="s">
         <v>660</v>
       </c>
-      <c r="B260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" t="s">
-        <v>395</v>
+        <v>262</v>
       </c>
       <c r="D260" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:7" ht="12.75">
       <c r="A261" t="s">
+        <v>661</v>
+      </c>
+      <c r="B261" t="s">
         <v>662</v>
       </c>
-      <c r="B261" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="D261" t="s">
         <v>9</v>
       </c>
       <c r="E261" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:7" ht="12.75">
       <c r="A262" t="s">
+        <v>663</v>
+      </c>
+      <c r="B262" t="s">
         <v>664</v>
       </c>
-      <c r="B262" t="s">
+      <c r="C262" t="s">
         <v>665</v>
       </c>
-      <c r="C262" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D262" t="s">
-        <v>10</v>
+        <v>637</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:7" ht="12.75">
       <c r="A263" t="s">
+        <v>666</v>
+      </c>
+      <c r="B263" t="s">
         <v>667</v>
       </c>
-      <c r="B263" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C263" t="s">
-        <v>669</v>
+        <v>415</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:7" ht="12.75">
       <c r="A264" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="B264" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="C264" t="s">
-        <v>68</v>
+        <v>304</v>
       </c>
       <c r="D264" t="s">
-        <v>150</v>
+        <v>9</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:7" ht="12.75">
       <c r="A265" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="B265" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="C265" t="s">
-        <v>121</v>
+        <v>68</v>
       </c>
       <c r="D265" t="s">
-        <v>273</v>
+        <v>10</v>
       </c>
       <c r="E265" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:7" ht="12.75">
       <c r="A266" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="B266" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="C266" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D266" t="s">
-        <v>676</v>
+        <v>9</v>
       </c>
       <c r="E266" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:7" ht="12.75">
       <c r="A267" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="B267" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="C267" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="D267" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="E267" t="s">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:7" ht="12.75">
       <c r="A268" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="B268" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="C268" t="s">
-        <v>681</v>
+        <v>100</v>
       </c>
       <c r="D268" t="s">
-        <v>304</v>
+        <v>76</v>
       </c>
       <c r="E268" t="s">
-        <v>50</v>
+        <v>121</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:7" ht="12.75">
       <c r="A269" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="B269" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="C269" t="s">
-        <v>196</v>
+        <v>83</v>
       </c>
       <c r="D269" t="s">
-        <v>513</v>
+        <v>9</v>
       </c>
       <c r="E269" t="s">
-        <v>96</v>
+        <v>476</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:7" ht="12.75">
       <c r="A270" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="B270" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="C270" t="s">
-        <v>72</v>
+        <v>399</v>
       </c>
       <c r="D270" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:7" ht="12.75">
       <c r="A271" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="B271" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="C271" t="s">
-        <v>688</v>
+        <v>53</v>
       </c>
       <c r="D271" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
       <c r="E271" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:7" ht="12.75">
       <c r="A272" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="B272" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="C272" t="s">
-        <v>121</v>
+        <v>686</v>
       </c>
       <c r="D272" t="s">
-        <v>304</v>
+        <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:7" ht="12.75">
       <c r="A273" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="B273" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="C273" t="s">
-        <v>41</v>
+        <v>689</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G273" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:7" ht="12.75">
       <c r="A274" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="B274" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="C274" t="s">
         <v>64</v>
       </c>
       <c r="D274" t="s">
-        <v>73</v>
+        <v>143</v>
       </c>
       <c r="E274" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:7" ht="12.75">
       <c r="A275" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="B275" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="C275" t="s">
-        <v>565</v>
+        <v>116</v>
       </c>
       <c r="D275" t="s">
-        <v>69</v>
+        <v>270</v>
       </c>
       <c r="E275" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:7" ht="12.75">
       <c r="A276" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="B276" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="C276" t="s">
-        <v>226</v>
+        <v>155</v>
       </c>
       <c r="D276" t="s">
-        <v>54</v>
+        <v>696</v>
       </c>
       <c r="E276" t="s">
-        <v>220</v>
+        <v>21</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:7" ht="12.75">
       <c r="A277" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B277" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="C277" t="s">
-        <v>601</v>
+        <v>79</v>
       </c>
       <c r="D277" t="s">
-        <v>237</v>
+        <v>48</v>
       </c>
       <c r="E277" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:7" ht="12.75">
       <c r="A278" t="s">
+        <v>699</v>
+      </c>
+      <c r="B278" t="s">
+        <v>700</v>
+      </c>
+      <c r="C278" t="s">
         <v>701</v>
       </c>
-      <c r="B278" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D278" t="s">
-        <v>181</v>
+        <v>295</v>
       </c>
       <c r="E278" t="s">
-        <v>96</v>
+        <v>44</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:7" ht="12.75">
       <c r="A279" t="s">
+        <v>702</v>
+      </c>
+      <c r="B279" t="s">
         <v>703</v>
       </c>
-      <c r="B279" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279" t="s">
-        <v>705</v>
+        <v>190</v>
       </c>
       <c r="D279" t="s">
-        <v>10</v>
+        <v>528</v>
       </c>
       <c r="E279" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:7" ht="12.75">
       <c r="A280" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="B280" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="C280" t="s">
-        <v>708</v>
+        <v>68</v>
       </c>
       <c r="D280" t="s">
-        <v>709</v>
+        <v>48</v>
       </c>
       <c r="E280" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:7" ht="12.75">
       <c r="A281" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="B281" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="C281" t="s">
-        <v>171</v>
+        <v>708</v>
       </c>
       <c r="D281" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="E281" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:7" ht="12.75">
       <c r="A282" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="B282" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="C282" t="s">
-        <v>9</v>
+        <v>116</v>
       </c>
       <c r="D282" t="s">
-        <v>10</v>
+        <v>295</v>
       </c>
       <c r="E282" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:7" ht="12.75">
       <c r="A283" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="B283" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="C283" t="s">
-        <v>189</v>
+        <v>447</v>
       </c>
       <c r="D283" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E283" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:7" ht="12.75">
       <c r="A284" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="B284" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C284" t="s">
-        <v>718</v>
+        <v>60</v>
       </c>
       <c r="D284" t="s">
-        <v>133</v>
+        <v>69</v>
       </c>
       <c r="E284" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:7" ht="12.75">
       <c r="A285" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="B285" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="C285" t="s">
-        <v>214</v>
+        <v>97</v>
       </c>
       <c r="D285" t="s">
-        <v>304</v>
+        <v>65</v>
       </c>
       <c r="E285" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:7" ht="12.75">
       <c r="A286" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="B286" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="C286" t="s">
-        <v>723</v>
+        <v>247</v>
       </c>
       <c r="D286" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E286" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:7" ht="12.75">
       <c r="A287" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="B287" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="C287" t="s">
-        <v>726</v>
+        <v>620</v>
       </c>
       <c r="D287" t="s">
-        <v>299</v>
+        <v>228</v>
       </c>
       <c r="E287" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:7" ht="12.75">
       <c r="A288" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="B288" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="C288" t="s">
-        <v>570</v>
+        <v>90</v>
       </c>
       <c r="D288" t="s">
-        <v>30</v>
+        <v>175</v>
       </c>
       <c r="E288" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:7" ht="12.75">
       <c r="A289" t="s">
-        <v>729</v>
+        <v>723</v>
       </c>
       <c r="B289" t="s">
-        <v>730</v>
+        <v>724</v>
       </c>
       <c r="C289" t="s">
-        <v>177</v>
+        <v>220</v>
       </c>
       <c r="D289" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E289" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:7" ht="12.75">
       <c r="A290" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="B290" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="C290" t="s">
-        <v>9</v>
+        <v>727</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:7" ht="12.75">
       <c r="A291" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="B291" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="C291" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="D291" t="s">
-        <v>10</v>
+        <v>731</v>
       </c>
       <c r="E291" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:7" ht="12.75">
       <c r="A292" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="B292" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="C292" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="D292" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E292" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:7" ht="12.75">
       <c r="A293" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="B293" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="C293" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="D293" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="E293" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:7" ht="12.75">
       <c r="A294" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="B294" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="C294" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="D294" t="s">
-        <v>95</v>
+        <v>129</v>
       </c>
       <c r="E294" t="s">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:7" ht="12.75">
       <c r="A295" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="B295" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="C295" t="s">
-        <v>742</v>
+        <v>591</v>
       </c>
       <c r="D295" t="s">
-        <v>54</v>
+        <v>295</v>
       </c>
       <c r="E295" t="s">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:7" ht="12.75">
       <c r="A296" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="B296" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="C296" t="s">
-        <v>209</v>
+        <v>743</v>
       </c>
       <c r="D296" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="E296" t="s">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:7" ht="12.75">
       <c r="A297" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="B297" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="C297" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="D297" t="s">
-        <v>10</v>
+        <v>290</v>
       </c>
       <c r="E297" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:7" ht="12.75">
       <c r="A298" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="B298" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="C298" t="s">
-        <v>752</v>
+        <v>738</v>
       </c>
       <c r="D298" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E298" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:7" ht="12.75">
       <c r="A299" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="B299" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="C299" t="s">
-        <v>755</v>
+        <v>171</v>
       </c>
       <c r="D299" t="s">
         <v>9</v>
       </c>
       <c r="E299" t="s">
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:7" ht="12.75">
       <c r="A300" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="B300" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="C300" t="s">
-        <v>681</v>
+        <v>752</v>
       </c>
       <c r="D300" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E300" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:7" ht="12.75">
       <c r="A301" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="B301" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="C301" t="s">
-        <v>186</v>
+        <v>165</v>
       </c>
       <c r="D301" t="s">
         <v>9</v>
       </c>
       <c r="E301" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:7" ht="12.75">
       <c r="A302" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="B302" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="C302" t="s">
-        <v>247</v>
+        <v>82</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:7" ht="12.75">
       <c r="A303" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="B303" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="C303" t="s">
-        <v>64</v>
+        <v>174</v>
       </c>
       <c r="D303" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E303" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:7" ht="12.75">
       <c r="A304" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="B304" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="C304" t="s">
-        <v>19</v>
+        <v>356</v>
       </c>
       <c r="D304" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="E304" t="s">
-        <v>193</v>
+        <v>117</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:7" ht="12.75">
       <c r="A305" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="B305" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="C305" t="s">
-        <v>328</v>
+        <v>763</v>
       </c>
       <c r="D305" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="E305" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:7" ht="12.75">
       <c r="A306" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="B306" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="C306" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="D306" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="E306" t="s">
-        <v>16</v>
+        <v>162</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:7" ht="12.75">
       <c r="A307" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="B307" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="C307" t="s">
-        <v>630</v>
+        <v>203</v>
       </c>
       <c r="D307" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E307" t="s">
-        <v>16</v>
+        <v>162</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G307" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:7" ht="12.75">
       <c r="A308" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="B308" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="C308" t="s">
         <v>770</v>
       </c>
       <c r="D308" t="s">
-        <v>65</v>
+        <v>9</v>
       </c>
       <c r="E308" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:7" ht="12.75">
       <c r="A309" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="B309" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="C309" t="s">
-        <v>268</v>
+        <v>701</v>
       </c>
       <c r="D309" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="E309" t="s">
-        <v>11</v>
+        <v>117</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:7" ht="12.75">
       <c r="A310" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B310" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="C310" t="s">
-        <v>104</v>
+        <v>180</v>
       </c>
       <c r="D310" t="s">
         <v>9</v>
       </c>
       <c r="E310" t="s">
-        <v>115</v>
+        <v>57</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:7" ht="12.75">
       <c r="A311" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="B311" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="C311" t="s">
-        <v>204</v>
+        <v>777</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>5</v>
       </c>
+      <c r="G311" s="2" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="312" spans="1:7" ht="12.75">
       <c r="A312" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="B312" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="C312" t="s">
-        <v>150</v>
+        <v>780</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:7" ht="12.75">
       <c r="A313" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="B313" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C313" t="s">
-        <v>60</v>
+        <v>238</v>
       </c>
       <c r="D313" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G313" s="2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="314" spans="1:7" ht="12.75">
       <c r="A314" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="B314" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="C314" t="s">
-        <v>328</v>
+        <v>60</v>
       </c>
       <c r="D314" t="s">
-        <v>618</v>
+        <v>65</v>
       </c>
       <c r="E314" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:7" ht="12.75">
       <c r="A315" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="B315" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C315" t="s">
-        <v>770</v>
+        <v>415</v>
       </c>
       <c r="D315" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="E315" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:7" ht="12.75">
       <c r="A316" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="B316" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="C316" t="s">
-        <v>180</v>
+        <v>321</v>
       </c>
       <c r="D316" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E316" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:7" ht="12.75">
       <c r="A317" t="s">
+        <v>789</v>
+      </c>
+      <c r="B317" t="s">
+        <v>790</v>
+      </c>
+      <c r="C317" t="s">
         <v>791</v>
       </c>
-      <c r="B317" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D317" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="E317" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:7" ht="12.75">
       <c r="A318" t="s">
+        <v>792</v>
+      </c>
+      <c r="B318" t="s">
         <v>793</v>
       </c>
-      <c r="B318" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" t="s">
-        <v>262</v>
+        <v>649</v>
       </c>
       <c r="D318" t="s">
-        <v>497</v>
+        <v>10</v>
       </c>
       <c r="E318" t="s">
-        <v>220</v>
+        <v>15</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:7" ht="12.75">
       <c r="A319" t="s">
+        <v>794</v>
+      </c>
+      <c r="B319" t="s">
         <v>795</v>
       </c>
-      <c r="B319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C319" t="s">
-        <v>160</v>
+        <v>791</v>
       </c>
       <c r="D319" t="s">
-        <v>273</v>
+        <v>61</v>
       </c>
       <c r="E319" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:7" ht="12.75">
       <c r="A320" t="s">
+        <v>796</v>
+      </c>
+      <c r="B320" t="s">
         <v>797</v>
       </c>
-      <c r="B320" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C320" t="s">
-        <v>19</v>
+        <v>262</v>
       </c>
       <c r="D320" t="s">
         <v>65</v>
       </c>
       <c r="E320" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:7" ht="12.75">
       <c r="A321" t="s">
+        <v>798</v>
+      </c>
+      <c r="B321" t="s">
         <v>799</v>
       </c>
-      <c r="B321" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C321" t="s">
-        <v>801</v>
+        <v>108</v>
       </c>
       <c r="D321" t="s">
-        <v>497</v>
+        <v>9</v>
       </c>
       <c r="E321" t="s">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:7" ht="12.75">
       <c r="A322" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="B322" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="C322" t="s">
-        <v>150</v>
+        <v>198</v>
       </c>
       <c r="D322" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E322" t="s">
-        <v>238</v>
+        <v>57</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:7" ht="12.75">
       <c r="A323" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B323" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="C323" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="D323" t="s">
-        <v>237</v>
+        <v>10</v>
       </c>
       <c r="E323" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:7" ht="12.75">
       <c r="A324" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="B324" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="C324" t="s">
-        <v>177</v>
+        <v>56</v>
       </c>
       <c r="D324" t="s">
-        <v>181</v>
+        <v>9</v>
       </c>
       <c r="E324" t="s">
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:7" ht="12.75">
       <c r="A325" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="B325" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="C325" t="s">
-        <v>810</v>
+        <v>321</v>
       </c>
       <c r="D325" t="s">
-        <v>65</v>
+        <v>637</v>
       </c>
       <c r="E325" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:7" ht="12.75">
       <c r="A326" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="B326" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C326" t="s">
-        <v>64</v>
+        <v>791</v>
       </c>
       <c r="D326" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E326" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:7" ht="12.75">
       <c r="A327" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="B327" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C327" t="s">
-        <v>815</v>
+        <v>174</v>
       </c>
       <c r="D327" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="E327" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:7" ht="12.75">
       <c r="A328" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="B328" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="C328" t="s">
-        <v>136</v>
+        <v>174</v>
       </c>
       <c r="D328" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="E328" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:7" ht="12.75">
       <c r="A329" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="B329" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="C329" t="s">
-        <v>168</v>
+        <v>53</v>
       </c>
       <c r="D329" t="s">
-        <v>226</v>
+        <v>512</v>
       </c>
       <c r="E329" t="s">
-        <v>11</v>
+        <v>214</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:7" ht="12.75">
       <c r="A330" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="B330" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="C330" t="s">
-        <v>822</v>
+        <v>150</v>
       </c>
       <c r="D330" t="s">
-        <v>10</v>
+        <v>270</v>
       </c>
       <c r="E330" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G330" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:7" ht="12.75">
       <c r="A331" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
       <c r="B331" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
       <c r="C331" t="s">
-        <v>497</v>
+        <v>156</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
-        <v>96</v>
+        <v>214</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G331" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:7" ht="12.75">
       <c r="A332" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
       <c r="B332" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
       <c r="C332" t="s">
-        <v>232</v>
+        <v>415</v>
       </c>
       <c r="D332" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="E332" t="s">
-        <v>96</v>
+        <v>187</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G332" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:7" ht="12.75">
       <c r="A333" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="B333" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="C333" t="s">
-        <v>132</v>
+        <v>824</v>
       </c>
       <c r="D333" t="s">
-        <v>10</v>
+        <v>512</v>
       </c>
       <c r="E333" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G333" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:7" ht="12.75">
       <c r="A334" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="B334" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="C334" t="s">
-        <v>104</v>
+        <v>143</v>
       </c>
       <c r="D334" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E334" t="s">
-        <v>11</v>
+        <v>229</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G334" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:7" ht="12.75">
       <c r="A335" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="B335" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="C335" t="s">
-        <v>150</v>
+        <v>116</v>
       </c>
       <c r="D335" t="s">
-        <v>10</v>
+        <v>228</v>
       </c>
       <c r="E335" t="s">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G335" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:7" ht="12.75">
       <c r="A336" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="B336" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="C336" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
       <c r="D336" t="s">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="E336" t="s">
-        <v>61</v>
+        <v>117</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G336" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:7" ht="12.75">
       <c r="A337" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="B337" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="C337" t="s">
-        <v>196</v>
+        <v>833</v>
       </c>
       <c r="D337" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="E337" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G337" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:7" ht="12.75">
       <c r="A338" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="B338" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="C338" t="s">
-        <v>630</v>
+        <v>60</v>
       </c>
       <c r="D338" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E338" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G338" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:7" ht="12.75">
       <c r="A339" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="B339" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="C339" t="s">
-        <v>19</v>
+        <v>838</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G339" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:7" ht="12.75">
       <c r="A340" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="B340" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="C340" t="s">
-        <v>204</v>
+        <v>132</v>
       </c>
       <c r="D340" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="E340" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G340" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:7" ht="12.75">
       <c r="A341" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="B341" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="C341" t="s">
-        <v>204</v>
+        <v>159</v>
       </c>
       <c r="D341" t="s">
-        <v>10</v>
+        <v>247</v>
       </c>
       <c r="E341" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G341" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:7" ht="12.75">
       <c r="A342" t="s">
+        <v>843</v>
+      </c>
+      <c r="B342" t="s">
+        <v>844</v>
+      </c>
+      <c r="C342" t="s">
         <v>845</v>
       </c>
-      <c r="B342" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="343" spans="1:7" ht="12.75">
       <c r="A343" t="s">
+        <v>846</v>
+      </c>
+      <c r="B343" t="s">
         <v>847</v>
       </c>
-      <c r="B343" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C343" t="s">
-        <v>204</v>
+        <v>512</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="344" spans="1:7" ht="12.75">
       <c r="A344" t="s">
+        <v>848</v>
+      </c>
+      <c r="B344" t="s">
         <v>849</v>
       </c>
-      <c r="B344" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C344" t="s">
-        <v>64</v>
+        <v>223</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="345" spans="1:7" ht="12.75">
       <c r="A345" t="s">
+        <v>850</v>
+      </c>
+      <c r="B345" t="s">
         <v>851</v>
       </c>
-      <c r="B345" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C345" t="s">
-        <v>262</v>
+        <v>128</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="346" spans="1:7" ht="12.75">
       <c r="A346" t="s">
+        <v>852</v>
+      </c>
+      <c r="B346" t="s">
         <v>853</v>
       </c>
-      <c r="B346" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C346" t="s">
-        <v>473</v>
+        <v>108</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="347" spans="1:7" ht="12.75">
       <c r="A347" t="s">
+        <v>854</v>
+      </c>
+      <c r="B347" t="s">
         <v>855</v>
       </c>
-      <c r="B347" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C347" t="s">
-        <v>73</v>
+        <v>143</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
-        <v>61</v>
+        <v>117</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="348" spans="1:7" ht="12.75">
       <c r="A348" t="s">
+        <v>856</v>
+      </c>
+      <c r="B348" t="s">
         <v>857</v>
       </c>
-      <c r="B348" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C348" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:7" ht="12.75">
       <c r="A349" t="s">
+        <v>858</v>
+      </c>
+      <c r="B349" t="s">
         <v>859</v>
       </c>
-      <c r="B349" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C349" t="s">
-        <v>150</v>
+        <v>509</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="350" spans="1:7" ht="12.75">
       <c r="A350" t="s">
+        <v>860</v>
+      </c>
+      <c r="B350" t="s">
         <v>861</v>
       </c>
-      <c r="B350" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C350" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="351" spans="1:7" ht="12.75">
       <c r="A351" t="s">
+        <v>862</v>
+      </c>
+      <c r="B351" t="s">
         <v>863</v>
       </c>
-      <c r="B351" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C351" t="s">
-        <v>129</v>
+        <v>649</v>
       </c>
       <c r="D351" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E351" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:7" ht="12.75">
       <c r="A352" t="s">
+        <v>864</v>
+      </c>
+      <c r="B352" t="s">
         <v>865</v>
       </c>
-      <c r="B352" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C352" t="s">
-        <v>618</v>
+        <v>415</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="353" spans="1:7" ht="12.75">
       <c r="A353" t="s">
+        <v>866</v>
+      </c>
+      <c r="B353" t="s">
         <v>867</v>
       </c>
-      <c r="B353" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C353" t="s">
-        <v>513</v>
+        <v>198</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="354" spans="1:7" ht="12.75">
       <c r="A354" t="s">
+        <v>868</v>
+      </c>
+      <c r="B354" t="s">
         <v>869</v>
       </c>
-      <c r="B354" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" t="s">
-        <v>110</v>
+        <v>198</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="355" spans="1:7" ht="12.75">
       <c r="A355" t="s">
+        <v>870</v>
+      </c>
+      <c r="B355" t="s">
         <v>871</v>
       </c>
-      <c r="B355" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" t="s">
-        <v>204</v>
+        <v>143</v>
       </c>
       <c r="D355" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E355" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:7" ht="12.75">
       <c r="A356" t="s">
+        <v>872</v>
+      </c>
+      <c r="B356" t="s">
         <v>873</v>
       </c>
-      <c r="B356" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C356" t="s">
-        <v>87</v>
+        <v>198</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="357" spans="1:7" ht="12.75">
       <c r="A357" t="s">
+        <v>874</v>
+      </c>
+      <c r="B357" t="s">
         <v>875</v>
       </c>
-      <c r="B357" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" t="s">
-        <v>618</v>
+        <v>60</v>
       </c>
       <c r="D357" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E357" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:7" ht="12.75">
       <c r="A358" t="s">
+        <v>876</v>
+      </c>
+      <c r="B358" t="s">
         <v>877</v>
       </c>
-      <c r="B358" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C358" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="D358" t="s">
-        <v>304</v>
+        <v>10</v>
       </c>
       <c r="E358" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:7" ht="12.75">
       <c r="A359" t="s">
+        <v>878</v>
+      </c>
+      <c r="B359" t="s">
         <v>879</v>
       </c>
-      <c r="B359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C359" t="s">
-        <v>132</v>
+        <v>485</v>
       </c>
       <c r="D359" t="s">
-        <v>304</v>
+        <v>10</v>
       </c>
       <c r="E359" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:7" ht="12.75">
       <c r="A360" t="s">
+        <v>880</v>
+      </c>
+      <c r="B360" t="s">
         <v>881</v>
       </c>
-      <c r="B360" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C360" t="s">
-        <v>709</v>
+        <v>69</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="361" spans="1:7" ht="12.75">
       <c r="A361" t="s">
+        <v>882</v>
+      </c>
+      <c r="B361" t="s">
         <v>883</v>
       </c>
-      <c r="B361" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C361" t="s">
-        <v>132</v>
+        <v>412</v>
       </c>
       <c r="D361" t="s">
-        <v>273</v>
+        <v>10</v>
       </c>
       <c r="E361" t="s">
-        <v>220</v>
+        <v>92</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G361" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:7" ht="12.75">
       <c r="A362" t="s">
+        <v>884</v>
+      </c>
+      <c r="B362" t="s">
         <v>885</v>
       </c>
-      <c r="B362" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C362" t="s">
-        <v>709</v>
+        <v>143</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="363" spans="1:7" ht="12.75">
       <c r="A363" t="s">
+        <v>886</v>
+      </c>
+      <c r="B363" t="s">
         <v>887</v>
       </c>
-      <c r="B363" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C363" t="s">
-        <v>709</v>
+        <v>175</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
-        <v>23</v>
+        <v>187</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="364" spans="1:7" ht="12.75">
       <c r="A364" t="s">
+        <v>888</v>
+      </c>
+      <c r="B364" t="s">
         <v>889</v>
       </c>
-      <c r="B364" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C364" t="s">
-        <v>709</v>
+        <v>125</v>
       </c>
       <c r="D364" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="E364" t="s">
-        <v>31</v>
+        <v>187</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G364" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:7" ht="12.75">
       <c r="A365" t="s">
+        <v>890</v>
+      </c>
+      <c r="B365" t="s">
         <v>891</v>
       </c>
-      <c r="B365" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C365" t="s">
-        <v>226</v>
+        <v>637</v>
       </c>
       <c r="D365" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E365" t="s">
-        <v>61</v>
+        <v>187</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:7" ht="12.75">
       <c r="A366" t="s">
+        <v>892</v>
+      </c>
+      <c r="B366" t="s">
         <v>893</v>
       </c>
-      <c r="B366" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C366" t="s">
-        <v>895</v>
+        <v>528</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
-        <v>96</v>
+        <v>121</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="367" spans="1:7" ht="12.75">
       <c r="A367" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B367" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="C367" t="s">
-        <v>237</v>
+        <v>307</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="368" spans="1:7" ht="12.75">
       <c r="A368" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B368" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C368" t="s">
-        <v>150</v>
+        <v>198</v>
       </c>
       <c r="D368" t="s">
-        <v>299</v>
+        <v>9</v>
       </c>
       <c r="E368" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G368" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:7" ht="12.75">
       <c r="A369" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="B369" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="C369" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="370" spans="1:7" ht="12.75">
       <c r="A370" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B370" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="C370" t="s">
-        <v>204</v>
+        <v>637</v>
       </c>
       <c r="D370" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="E370" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G370" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:7" ht="12.75">
       <c r="A371" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="B371" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C371" t="s">
-        <v>404</v>
+        <v>128</v>
       </c>
       <c r="D371" t="s">
-        <v>10</v>
+        <v>295</v>
       </c>
       <c r="E371" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:7" ht="12.75">
       <c r="A372" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B372" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="C372" t="s">
-        <v>150</v>
+        <v>128</v>
       </c>
       <c r="D372" t="s">
-        <v>10</v>
+        <v>295</v>
       </c>
       <c r="E372" t="s">
-        <v>96</v>
+        <v>44</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G372" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:7" ht="12.75">
       <c r="A373" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="B373" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="C373" t="s">
-        <v>910</v>
+        <v>731</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
-        <v>111</v>
+        <v>15</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="374" spans="1:7" ht="12.75">
       <c r="A374" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="B374" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="C374" t="s">
-        <v>256</v>
+        <v>128</v>
       </c>
       <c r="D374" t="s">
-        <v>9</v>
+        <v>270</v>
       </c>
       <c r="E374" t="s">
-        <v>111</v>
+        <v>214</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:7" ht="12.75">
       <c r="A375" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="B375" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="C375" t="s">
-        <v>94</v>
+        <v>731</v>
       </c>
       <c r="D375" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E375" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:7" ht="12.75">
       <c r="A376" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="B376" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="C376" t="s">
-        <v>822</v>
+        <v>731</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="377" spans="1:7" ht="12.75">
       <c r="A377" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="B377" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="C377" t="s">
-        <v>132</v>
+        <v>731</v>
       </c>
       <c r="D377" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="E377" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:7" ht="12.75">
       <c r="A378" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="B378" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="C378" t="s">
-        <v>132</v>
+        <v>247</v>
       </c>
       <c r="D378" t="s">
-        <v>133</v>
+        <v>9</v>
       </c>
       <c r="E378" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:7" ht="12.75">
       <c r="A379" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B379" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="C379" t="s">
-        <v>513</v>
+        <v>920</v>
       </c>
       <c r="D379" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E379" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:7" ht="12.75">
       <c r="A380" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="B380" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="C380" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D380" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E380" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:7" ht="12.75">
       <c r="A381" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="B381" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="C381" t="s">
-        <v>497</v>
+        <v>143</v>
       </c>
       <c r="D381" t="s">
-        <v>273</v>
+        <v>290</v>
       </c>
       <c r="E381" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:7" ht="12.75">
       <c r="A382" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="B382" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="C382" t="s">
-        <v>895</v>
+        <v>285</v>
       </c>
       <c r="D382" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="E382" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:7" ht="12.75">
       <c r="A383" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="B383" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="C383" t="s">
-        <v>262</v>
+        <v>198</v>
       </c>
       <c r="D383" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E383" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:7" ht="12.75">
       <c r="A384" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="B384" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="C384" t="s">
-        <v>26</v>
+        <v>412</v>
       </c>
       <c r="D384" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E384" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:7" ht="12.75">
       <c r="A385" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="B385" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="C385" t="s">
-        <v>237</v>
+        <v>143</v>
       </c>
       <c r="D385" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E385" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:7" ht="12.75">
       <c r="A386" t="s">
+        <v>933</v>
+      </c>
+      <c r="B386" t="s">
+        <v>934</v>
+      </c>
+      <c r="C386" t="s">
         <v>935</v>
       </c>
-      <c r="B386" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="387" spans="1:7" ht="12.75">
       <c r="A387" t="s">
+        <v>936</v>
+      </c>
+      <c r="B387" t="s">
         <v>937</v>
       </c>
-      <c r="B387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C387" t="s">
-        <v>150</v>
+        <v>252</v>
       </c>
       <c r="D387" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E387" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G387" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:7" ht="12.75">
       <c r="A388" t="s">
+        <v>938</v>
+      </c>
+      <c r="B388" t="s">
         <v>939</v>
       </c>
-      <c r="B388" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C388" t="s">
-        <v>192</v>
+        <v>90</v>
       </c>
       <c r="D388" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E388" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G388" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:7" ht="12.75">
       <c r="A389" t="s">
+        <v>940</v>
+      </c>
+      <c r="B389" t="s">
         <v>941</v>
       </c>
-      <c r="B389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C389" t="s">
-        <v>232</v>
+        <v>845</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="390" spans="1:7" ht="12.75">
       <c r="A390" t="s">
+        <v>942</v>
+      </c>
+      <c r="B390" t="s">
         <v>943</v>
       </c>
-      <c r="B390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C390" t="s">
-        <v>237</v>
+        <v>128</v>
       </c>
       <c r="D390" t="s">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="E390" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G390" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:7" ht="12.75">
       <c r="A391" t="s">
+        <v>944</v>
+      </c>
+      <c r="B391" t="s">
         <v>945</v>
       </c>
-      <c r="B391" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C391" t="s">
-        <v>65</v>
+        <v>128</v>
       </c>
       <c r="D391" t="s">
-        <v>10</v>
+        <v>129</v>
       </c>
       <c r="E391" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>5</v>
+      </c>
+      <c r="G391" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:7" ht="12.75">
       <c r="A392" t="s">
+        <v>946</v>
+      </c>
+      <c r="B392" t="s">
         <v>947</v>
       </c>
-      <c r="B392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" t="s">
-        <v>160</v>
+        <v>528</v>
       </c>
       <c r="D392" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="E392" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:7" ht="12.75">
       <c r="A393" t="s">
+        <v>948</v>
+      </c>
+      <c r="B393" t="s">
         <v>949</v>
       </c>
-      <c r="B393" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C393" t="s">
-        <v>160</v>
+        <v>223</v>
       </c>
       <c r="D393" t="s">
-        <v>304</v>
+        <v>76</v>
       </c>
       <c r="E393" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:7" ht="12.75">
       <c r="A394" t="s">
+        <v>950</v>
+      </c>
+      <c r="B394" t="s">
         <v>951</v>
       </c>
-      <c r="B394" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" t="s">
-        <v>953</v>
+        <v>512</v>
       </c>
       <c r="D394" t="s">
-        <v>910</v>
+        <v>270</v>
       </c>
       <c r="E394" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:7" ht="12.75">
       <c r="A395" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="B395" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="C395" t="s">
-        <v>268</v>
+        <v>920</v>
       </c>
       <c r="D395" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="E395" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:7" ht="12.75">
       <c r="A396" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="B396" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="C396" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="D396" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="E396" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:7" ht="12.75">
       <c r="A397" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="B397" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="C397" t="s">
-        <v>177</v>
+        <v>285</v>
       </c>
       <c r="D397" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="E397" t="s">
-        <v>11</v>
+        <v>117</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G397" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:7" ht="12.75">
       <c r="A398" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="B398" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="C398" t="s">
-        <v>962</v>
+        <v>228</v>
       </c>
       <c r="D398" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="E398" t="s">
-        <v>115</v>
+        <v>57</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G398" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:7" ht="12.75">
       <c r="A399" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="B399" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="C399" t="s">
-        <v>83</v>
+        <v>186</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:7" ht="12.75">
       <c r="A400" t="s">
+        <v>962</v>
+      </c>
+      <c r="B400" t="s">
+        <v>963</v>
+      </c>
+      <c r="C400" t="s">
+        <v>143</v>
+      </c>
+      <c r="D400" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" t="s">
+        <v>92</v>
+      </c>
+      <c r="F400" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7" ht="12.75">
+      <c r="A401" t="s">
+        <v>964</v>
+      </c>
+      <c r="B401" t="s">
         <v>965</v>
       </c>
-      <c r="B400" t="s">
+      <c r="C401" t="s">
+        <v>186</v>
+      </c>
+      <c r="D401" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7" ht="12.75">
+      <c r="A402" t="s">
         <v>966</v>
       </c>
-      <c r="C400" t="s">
+      <c r="B402" t="s">
+        <v>967</v>
+      </c>
+      <c r="C402" t="s">
+        <v>223</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>57</v>
+      </c>
+      <c r="F402" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="403" spans="1:7" ht="12.75">
+      <c r="A403" t="s">
+        <v>968</v>
+      </c>
+      <c r="B403" t="s">
+        <v>969</v>
+      </c>
+      <c r="C403" t="s">
+        <v>228</v>
+      </c>
+      <c r="D403" t="s">
+        <v>10</v>
+      </c>
+      <c r="E403" t="s">
+        <v>57</v>
+      </c>
+      <c r="F403" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7" ht="12.75">
+      <c r="A404" t="s">
+        <v>970</v>
+      </c>
+      <c r="B404" t="s">
+        <v>971</v>
+      </c>
+      <c r="C404" t="s">
+        <v>61</v>
+      </c>
+      <c r="D404" t="s">
+        <v>10</v>
+      </c>
+      <c r="E404" t="s">
+        <v>57</v>
+      </c>
+      <c r="F404" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="405" spans="1:7" ht="12.75">
+      <c r="A405" t="s">
+        <v>972</v>
+      </c>
+      <c r="B405" t="s">
+        <v>973</v>
+      </c>
+      <c r="C405" t="s">
+        <v>150</v>
+      </c>
+      <c r="D405" t="s">
+        <v>69</v>
+      </c>
+      <c r="E405" t="s">
+        <v>57</v>
+      </c>
+      <c r="F405" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G405" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7" ht="12.75">
+      <c r="A406" t="s">
+        <v>974</v>
+      </c>
+      <c r="B406" t="s">
+        <v>975</v>
+      </c>
+      <c r="C406" t="s">
+        <v>150</v>
+      </c>
+      <c r="D406" t="s">
+        <v>295</v>
+      </c>
+      <c r="E406" t="s">
+        <v>57</v>
+      </c>
+      <c r="F406" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G406" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="407" spans="1:7" ht="12.75">
+      <c r="A407" t="s">
+        <v>976</v>
+      </c>
+      <c r="B407" t="s">
+        <v>977</v>
+      </c>
+      <c r="C407" t="s">
+        <v>978</v>
+      </c>
+      <c r="D407" t="s">
+        <v>935</v>
+      </c>
+      <c r="E407" t="s">
+        <v>87</v>
+      </c>
+      <c r="F407" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G407" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="408" spans="1:7" ht="12.75">
+      <c r="A408" t="s">
+        <v>979</v>
+      </c>
+      <c r="B408" t="s">
+        <v>980</v>
+      </c>
+      <c r="C408" t="s">
+        <v>262</v>
+      </c>
+      <c r="D408" t="s">
+        <v>61</v>
+      </c>
+      <c r="E408" t="s">
+        <v>11</v>
+      </c>
+      <c r="F408" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G408" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="409" spans="1:7" ht="12.75">
+      <c r="A409" t="s">
+        <v>981</v>
+      </c>
+      <c r="B409" t="s">
+        <v>982</v>
+      </c>
+      <c r="C409" t="s">
+        <v>60</v>
+      </c>
+      <c r="D409" t="s">
+        <v>76</v>
+      </c>
+      <c r="E409" t="s">
+        <v>92</v>
+      </c>
+      <c r="F409" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G409" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="410" spans="1:7" ht="12.75">
+      <c r="A410" t="s">
+        <v>983</v>
+      </c>
+      <c r="B410" t="s">
+        <v>984</v>
+      </c>
+      <c r="C410" t="s">
+        <v>171</v>
+      </c>
+      <c r="D410" t="s">
+        <v>10</v>
+      </c>
+      <c r="E410" t="s">
+        <v>11</v>
+      </c>
+      <c r="F410" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G410" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="411" spans="1:7" ht="12.75">
+      <c r="A411" t="s">
+        <v>985</v>
+      </c>
+      <c r="B411" t="s">
+        <v>986</v>
+      </c>
+      <c r="C411" t="s">
+        <v>987</v>
+      </c>
+      <c r="D411" t="s">
+        <v>9</v>
+      </c>
+      <c r="E411" t="s">
+        <v>121</v>
+      </c>
+      <c r="F411" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G411" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="412" spans="1:7" ht="12.75">
+      <c r="A412" t="s">
+        <v>988</v>
+      </c>
+      <c r="B412" t="s">
+        <v>989</v>
+      </c>
+      <c r="C412" t="s">
         <v>79</v>
       </c>
-      <c r="D400" t="s">
+      <c r="D412" t="s">
+        <v>10</v>
+      </c>
+      <c r="E412" t="s">
+        <v>57</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G412" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="413" spans="1:7" ht="12.75">
+      <c r="A413" t="s">
+        <v>990</v>
+      </c>
+      <c r="B413" t="s">
+        <v>991</v>
+      </c>
+      <c r="C413" t="s">
+        <v>75</v>
+      </c>
+      <c r="D413" t="s">
         <v>9</v>
       </c>
-      <c r="E400" t="s">
-[...5 lines deleted...]
-      <c r="G400" s="2" t="s">
+      <c r="E413" t="s">
+        <v>57</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G413" s="2" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F2" r:id="rId1" tooltip="Click to view AB Global Equities Product Disclosure Statement" display="PDS"/>
-[...661 lines deleted...]
-    <hyperlink ref="G400" r:id="rId663" tooltip="Click to view Zurich Investments Global Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F2" r:id="rId1" tooltip="Click to view AB Concentrated Australian Equities Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G2" r:id="rId2" tooltip="Click to view AB Concentrated Australian Equities Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F3" r:id="rId3" tooltip="Click to view AB Global Equities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G3" r:id="rId4" tooltip="Click to view AB Global Equities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F4" r:id="rId5" tooltip="Click to view AB Managed Volatility Equities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G4" r:id="rId6" tooltip="Click to view AB Managed Volatility Equities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F5" r:id="rId7" tooltip="Click to view Aberdeen Std Actvly Hdg Intl Eqs Fd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G5" r:id="rId8" tooltip="Click to view Aberdeen Std Actvly Hdg Intl Eqs Fd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F6" r:id="rId9" tooltip="Click to view Aberdeen Std Asian Opportunities Fd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G6" r:id="rId10" tooltip="Click to view Aberdeen Std Asian Opportunities Fd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F7" r:id="rId11" tooltip="Click to view Aberdeen Std Australian Small Coms Fd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G7" r:id="rId12" tooltip="Click to view Aberdeen Std Australian Small Coms Fd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F8" r:id="rId13" tooltip="Click to view Aberdeen Std Emerging Opports Fd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G8" r:id="rId14" tooltip="Click to view Aberdeen Std Emerging Opports Fd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F9" r:id="rId15" tooltip="Click to view abrdn Multi-Asset Real Return A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G9" r:id="rId16" tooltip="Click to view abrdn Multi-Asset Real Return A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F10" r:id="rId17" tooltip="Click to view Acadian Wholesale Aus Equity Long Short Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G10" r:id="rId18" tooltip="Click to view Acadian Wholesale Aus Equity Long Short  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F11" r:id="rId19" tooltip="Click to view Activex Ardea Real Outcome Bond ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F12" r:id="rId20" tooltip="Click to view Affirmative Global Bond Fund – Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G12" r:id="rId21" tooltip="Click to view Affirmative Global Bond Fund – Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F13" r:id="rId22" tooltip="Click to view Aikya Emerging Markets Opportunities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G13" r:id="rId23" tooltip="Click to view Aikya Emerging Markets Opportunities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F14" r:id="rId24" tooltip="Click to view Airlie Australian Share ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F15" r:id="rId25" tooltip="Click to view Alexander Credit Income Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G15" r:id="rId26" tooltip="Click to view Alexander Credit Income Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F16" r:id="rId27" tooltip="Click to view Allan Gray Australia Equity A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G16" r:id="rId28" tooltip="Click to view Allan Gray Australia Equity A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F17" r:id="rId29" tooltip="Click to view Alpha Australian Shares SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G17" r:id="rId30" tooltip="Click to view Alpha Australian Shares SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F18" r:id="rId31" tooltip="Click to view Alpha Balanced Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G18" r:id="rId32" tooltip="Click to view Alpha Balanced  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F19" r:id="rId33" tooltip="Click to view Alpha Balanced SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G19" r:id="rId34" tooltip="Click to view Alpha Balanced SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F20" r:id="rId35" tooltip="Click to view Alpha Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G20" r:id="rId36" tooltip="Click to view Alpha Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F21" r:id="rId37" tooltip="Click to view Alpha Growth SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G21" r:id="rId38" tooltip="Click to view Alpha Growth SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F22" r:id="rId39" tooltip="Click to view Alpha High Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G22" r:id="rId40" tooltip="Click to view Alpha High Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F23" r:id="rId41" tooltip="Click to view Alpha High Growth SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G23" r:id="rId42" tooltip="Click to view Alpha High Growth SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F24" r:id="rId43" tooltip="Click to view Alpha Income SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G24" r:id="rId44" tooltip="Click to view Alpha Income SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F25" r:id="rId45" tooltip="Click to view Alpha Index Balanced SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G25" r:id="rId46" tooltip="Click to view Alpha Index Balanced SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F26" r:id="rId47" tooltip="Click to view Alpha Index Conservative SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G26" r:id="rId48" tooltip="Click to view Alpha Index Conservative SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F27" r:id="rId49" tooltip="Click to view Alpha Index Growth SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G27" r:id="rId50" tooltip="Click to view Alpha Index Growth SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F28" r:id="rId51" tooltip="Click to view Alpha Index High Growth SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G28" r:id="rId52" tooltip="Click to view Alpha Index High Growth SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F29" r:id="rId53" tooltip="Click to view Alpha Index Moderate SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G29" r:id="rId54" tooltip="Click to view Alpha Index Moderate SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F30" r:id="rId55" tooltip="Click to view Alpha Moderate Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G30" r:id="rId56" tooltip="Click to view Alpha Moderate  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F31" r:id="rId57" tooltip="Click to view Alpha Moderate SMA Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G31" r:id="rId58" tooltip="Click to view Alpha Moderate SMA  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F32" r:id="rId59" tooltip="Click to view Alphinity Global Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G32" r:id="rId60" tooltip="Click to view Alphinity Global Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F33" r:id="rId61" tooltip="Click to view Alphinity Sustainable Share Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G33" r:id="rId62" tooltip="Click to view Alphinity Sustainable Share  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F34" r:id="rId63" tooltip="Click to view Altrinsic Global Equities Trust Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G34" r:id="rId64" tooltip="Click to view Altrinsic Global Equities Trust  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F35" r:id="rId65" tooltip="Click to view AMP Capital Corporate Bond A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G35" r:id="rId66" tooltip="Click to view AMP Capital Corporate Bond A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F36" r:id="rId67" tooltip="Click to view AMP Capital Global Property Securities A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G36" r:id="rId68" tooltip="Click to view AMP Capital Global Property Securities A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F37" r:id="rId69" tooltip="Click to view AMP Capital W Australian Property Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G37" r:id="rId70" tooltip="Click to view AMP Capital W Australian Property  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F38" r:id="rId71" tooltip="Click to view Antares Ex-20 Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G38" r:id="rId72" tooltip="Click to view Antares Ex-20  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F39" r:id="rId73" tooltip="Click to view Antares Income fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G39" r:id="rId74" tooltip="Click to view Antares Income fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F40" r:id="rId75" tooltip="Click to view Antares Prof Dividend Builder Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G40" r:id="rId76" tooltip="Click to view Antares Prof Dividend Builder  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F41" r:id="rId77" tooltip="Click to view Antares Prof Elite Opportunities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G41" r:id="rId78" tooltip="Click to view Antares Prof Elite Opportunities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F42" r:id="rId79" tooltip="Click to view Antares Prof High Growth Shares Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G42" r:id="rId80" tooltip="Click to view Antares Prof High Growth Shares  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F43" r:id="rId81" tooltip="Click to view Antipodes Asia Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G43" r:id="rId82" tooltip="Click to view Antipodes Asia Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F44" r:id="rId83" tooltip="Click to view Antipodes Global Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G44" r:id="rId84" tooltip="Click to view Antipodes Global Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F45" r:id="rId85" tooltip="Click to view Ardea Real Outcome Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G45" r:id="rId86" tooltip="Click to view Ardea Real Outcome Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F46" r:id="rId87" tooltip="Click to view Argo Ord Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F47" r:id="rId88" tooltip="Click to view Arrowstreet Global Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G47" r:id="rId89" tooltip="Click to view Arrowstreet Global Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F48" r:id="rId90" tooltip="Click to view Arrowstreet Global Equity Hedged Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G48" r:id="rId91" tooltip="Click to view Arrowstreet Global Equity Hedged  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F49" r:id="rId92" tooltip="Click to view Aspect Absolute Return Fund Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G49" r:id="rId93" tooltip="Click to view Aspect Absolute Return Fund Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F50" r:id="rId94" tooltip="Click to view Aspect Diversified Futures-Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G50" r:id="rId95" tooltip="Click to view Aspect Diversified Futures-Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F51" r:id="rId96" tooltip="Click to view ATLAS Infrastructure Global D – AUD Hgd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G51" r:id="rId97" tooltip="Click to view ATLAS Infrastructure Global D – AUD Hgd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F52" r:id="rId98" tooltip="Click to view Ausbil 130/30 Focus - Wholesale Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G52" r:id="rId99" tooltip="Click to view Ausbil 130/30 Focus - Wholesale  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F53" r:id="rId100" tooltip="Click to view Ausbil Active Sustainable Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G53" r:id="rId101" tooltip="Click to view Ausbil Active Sustainable Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F54" r:id="rId102" tooltip="Click to view Ausbil Australian Active Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G54" r:id="rId103" tooltip="Click to view Ausbil Australian Active Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F55" r:id="rId104" tooltip="Click to view Ausbil Australian Emerging Leaders Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G55" r:id="rId105" tooltip="Click to view Ausbil Australian Emerging Leaders  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F56" r:id="rId106" tooltip="Click to view Australian Ethical Australian Shr WS Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G56" r:id="rId107" tooltip="Click to view Australian Ethical Australian Shr WS  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F57" r:id="rId108" tooltip="Click to view Australian Ethical Balanced WS Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G57" r:id="rId109" tooltip="Click to view Australian Ethical Balanced WS  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F58" r:id="rId110" tooltip="Click to view Australian Ethical Emerging Companies WS Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G58" r:id="rId111" tooltip="Click to view Australian Ethical Emerging Companies WS  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F59" r:id="rId112" tooltip="Click to view Australian Ethical Fixed Interest WS Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G59" r:id="rId113" tooltip="Click to view Australian Ethical Fixed Interest WS  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F60" r:id="rId114" tooltip="Click to view Australian Ethical Intl Shr WS Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G60" r:id="rId115" tooltip="Click to view Australian Ethical Intl Shr WS  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F61" r:id="rId116" tooltip="Click to view Australian Foundation InvesCo Ord Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F62" r:id="rId117" tooltip="Click to view Australian Unity Property Income Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G62" r:id="rId118" tooltip="Click to view Australian Unity Property Income Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F63" r:id="rId119" tooltip="Click to view AXA IM Sustainable Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G63" r:id="rId120" tooltip="Click to view AXA IM Sustainable Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F64" r:id="rId121" tooltip="Click to view Baillie Gifford Glb Stewardship A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G64" r:id="rId122" tooltip="Click to view Baillie Gifford Glb Stewardship A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F65" r:id="rId123" tooltip="Click to view Baillie Gifford LT Gbl Growth A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G65" r:id="rId124" tooltip="Click to view Baillie Gifford LT Gbl Growth A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F66" r:id="rId125" tooltip="Click to view Barrow Hanley Global Share A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G66" r:id="rId126" tooltip="Click to view Barrow Hanley Global Share A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F67" r:id="rId127" tooltip="Click to view Bennelong Concentrated Australian Eq Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G67" r:id="rId128" tooltip="Click to view Bennelong Concentrated Australian Eq  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F68" r:id="rId129" tooltip="Click to view Bennelong ex-20 Australian Equities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G68" r:id="rId130" tooltip="Click to view Bennelong ex-20 Australian Equities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F69" r:id="rId131" tooltip="Click to view Bentham Global Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G69" r:id="rId132" tooltip="Click to view Bentham Global Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F70" r:id="rId133" tooltip="Click to view Bentham Syndicated Loan Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G70" r:id="rId134" tooltip="Click to view Bentham Syndicated Loan  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F71" r:id="rId135" tooltip="Click to view BetaShares Asia Technology Tigers ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F72" r:id="rId136" tooltip="Click to view Betashares Aus Bank Sr Fltng Rt Bd ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F73" r:id="rId137" tooltip="Click to view BetaShares Aus Ex-20 Port Divrs ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F74" r:id="rId138" tooltip="Click to view BetaShares Aus High Interest Cash ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F75" r:id="rId139" tooltip="Click to view BetaShares Aus Inv Grd Corp Bd ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F76" r:id="rId140" tooltip="Click to view Betashares AUS Top 20 EqYldMxmsrCmplxETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F77" r:id="rId141" tooltip="Click to view Betashares Aust Mjr Bnk Hyb Idx ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F78" r:id="rId142" tooltip="Click to view Betashares Aust Resources Sector ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F79" r:id="rId143" tooltip="Click to view BetaShares Australia 200 ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F80" r:id="rId144" tooltip="Click to view BetaShares Australian Fincls Sect ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F81" r:id="rId145" tooltip="Click to view BetaShares Australian Government Bd ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F82" r:id="rId146" tooltip="Click to view Betashares Australian Hybrids Active ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F83" r:id="rId147" tooltip="Click to view BetaShares Australian Quality ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F84" r:id="rId148" tooltip="Click to view BetaShares Australian Sustnby Ldrs ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F85" r:id="rId149" tooltip="Click to view Betashares ERTH ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F86" r:id="rId150" tooltip="Click to view BetaShares ETFS Physical Gold ETC Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F87" r:id="rId151" tooltip="Click to view BetaShares Geared AUS Eq Complx ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F88" r:id="rId152" tooltip="Click to view Betashares Geared US Eq Ccy H Cmplx ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F89" r:id="rId153" tooltip="Click to view Betashares Global Green Bond Ccy Hdg ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F90" r:id="rId154" tooltip="Click to view BetaShares Global Quality Leaders ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F91" r:id="rId155" tooltip="Click to view Betashares Global Shares Ccy Hdg ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F92" r:id="rId156" tooltip="Click to view BetaShares Global Sstnbty Ldrs ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F93" r:id="rId157" tooltip="Click to view Betashares Global Sustnby Ldrs Ccy H ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F94" r:id="rId158" tooltip="Click to view BetaShares Gold Bullion ETF Ccy Hedged Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F95" r:id="rId159" tooltip="Click to view BetaShares India Quality ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F96" r:id="rId160" tooltip="Click to view BetaShares Legg Mason Australian Bd ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F97" r:id="rId161" tooltip="Click to view Betashares NASDAQ 100 ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F98" r:id="rId162" tooltip="Click to view BetaShares US Trs Bd 20+Yr Ccy H ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F99" r:id="rId163" tooltip="Click to view BlackRock Balanced Multi-Index Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G99" r:id="rId164" tooltip="Click to view BlackRock Balanced Multi-Index Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F100" r:id="rId165" tooltip="Click to view BlackRock Conservative Multi-Index Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G100" r:id="rId166" tooltip="Click to view BlackRock Conservative Multi-Index Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F101" r:id="rId167" tooltip="Click to view BlackRock Diversified ESG Growth Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G101" r:id="rId168" tooltip="Click to view BlackRock Diversified ESG Growth Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F102" r:id="rId169" tooltip="Click to view BlackRock Diversified ESG Stable Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G102" r:id="rId170" tooltip="Click to view BlackRock Diversified ESG Stable Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F103" r:id="rId171" tooltip="Click to view BlackRock Global Allocation Fund (Aust) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G103" r:id="rId172" tooltip="Click to view BlackRock Global Allocation Fund (Aust)  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F104" r:id="rId173" tooltip="Click to view BlackRock Global Multi-Asset Income Fund (Aust) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G104" r:id="rId174" tooltip="Click to view BlackRock Global Multi-Asset Income Fund (Aust)  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F105" r:id="rId175" tooltip="Click to view BlackRock Growth Multi-Index Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G105" r:id="rId176" tooltip="Click to view BlackRock Growth Multi-Index Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F106" r:id="rId177" tooltip="Click to view BlackRock High Conviction Australian Equity Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G106" r:id="rId178" tooltip="Click to view BlackRock High Conviction Australian Equity Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F107" r:id="rId179" tooltip="Click to view BlackRock High Growth Multi-Index Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G107" r:id="rId180" tooltip="Click to view BlackRock High Growth Multi-Index Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F108" r:id="rId181" tooltip="Click to view BlackRock Moderate Multi-Index Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G108" r:id="rId182" tooltip="Click to view BlackRock Moderate Multi-Index Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F109" r:id="rId183" tooltip="Click to view BlackRock Tactical Growth Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G109" r:id="rId184" tooltip="Click to view BlackRock Tactical Growth Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F110" r:id="rId185" tooltip="Click to view Candriam Sustainable Global Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G110" r:id="rId186" tooltip="Click to view Candriam Sustainable Global Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F111" r:id="rId187" tooltip="Click to view Capital Group New Perspective Hdg (AU) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G111" r:id="rId188" tooltip="Click to view Capital Group New Perspective Hdg (AU)  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F112" r:id="rId189" tooltip="Click to view CC RWC Global Emerging Markets Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G112" r:id="rId190" tooltip="Click to view CC RWC Global Emerging Markets  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F113" r:id="rId191" tooltip="Click to view CC Sage Capital Absolute Return Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G113" r:id="rId192" tooltip="Click to view CC Sage Capital Absolute Return  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F114" r:id="rId193" tooltip="Click to view Charter Hall Direct Industrial Fund No 4 Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G114" r:id="rId194" tooltip="Click to view Charter Hall Direct Industrial Fund No 4  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F115" r:id="rId195" tooltip="Click to view Charter Hall Long WALE Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G115" r:id="rId196" tooltip="Click to view Charter Hall Long WALE Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F116" r:id="rId197" tooltip="Click to view Charter Hall Maxim Property Securities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G116" r:id="rId198" tooltip="Click to view Charter Hall Maxim Property Securities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F117" r:id="rId199" tooltip="Click to view Daintree Core Income Trust Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G117" r:id="rId200" tooltip="Click to view Daintree Core Income Trust  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F118" r:id="rId201" tooltip="Click to view Dexus AREIT Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G118" r:id="rId202" tooltip="Click to view Dexus AREIT  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F119" r:id="rId203" tooltip="Click to view Dimensional Sustainability World Eq Trst Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G119" r:id="rId204" tooltip="Click to view Dimensional Sustainability World Eq Trst  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F120" r:id="rId205" tooltip="Click to view Dimensional Sustnby Wld Allc 70/30 Tr Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G120" r:id="rId206" tooltip="Click to view Dimensional Sustnby Wld Allc 70/30 Tr  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F121" r:id="rId207" tooltip="Click to view DNR Capital Aus Eq High Conviction R Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G121" r:id="rId208" tooltip="Click to view DNR Capital Aus Eq High Conviction R  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F122" r:id="rId209" tooltip="Click to view Eley Griffiths Group Small Companies Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G122" r:id="rId210" tooltip="Click to view Eley Griffiths Group Small Companies  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F123" r:id="rId211" tooltip="Click to view Epoch Gbl Eq Shldr Yld Fd Hgd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G123" r:id="rId212" tooltip="Click to view Epoch Gbl Eq Shldr Yld Fd Hgd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F124" r:id="rId213" tooltip="Click to view Epoch Gbl Eq Shldr Yld Fd Uhgd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G124" r:id="rId214" tooltip="Click to view Epoch Gbl Eq Shldr Yld Fd Uhgd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F125" r:id="rId215" tooltip="Click to view Fairlight Global Small &amp; Mid Cap Ord Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G125" r:id="rId216" tooltip="Click to view Fairlight Global Small &amp; Mid Cap Ord  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F126" r:id="rId217" tooltip="Click to view Fairview Equity Partners Emerging Co Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G126" r:id="rId218" tooltip="Click to view Fairview Equity Partners Emerging Co  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F127" r:id="rId219" tooltip="Click to view Fidelity Asia Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G127" r:id="rId220" tooltip="Click to view Fidelity Asia  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F128" r:id="rId221" tooltip="Click to view Fidelity Australian Equities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G128" r:id="rId222" tooltip="Click to view Fidelity Australian Equities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F129" r:id="rId223" tooltip="Click to view Fidelity Australian Opportunities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G129" r:id="rId224" tooltip="Click to view Fidelity Australian Opportunities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F130" r:id="rId225" tooltip="Click to view Fidelity Future Leaders Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G130" r:id="rId226" tooltip="Click to view Fidelity Future Leaders  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F131" r:id="rId227" tooltip="Click to view Fidelity India Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G131" r:id="rId228" tooltip="Click to view Fidelity India  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F132" r:id="rId229" tooltip="Click to view First Sentier ex-20 Australian Share Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G132" r:id="rId230" tooltip="Click to view First Sentier ex-20 Australian Share  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F133" r:id="rId231" tooltip="Click to view First Sentier Geared AUS Shr cmplx ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F134" r:id="rId232" tooltip="Click to view Franklin Australian Absolute Ret Bd AETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F135" r:id="rId233" tooltip="Click to view Franklin Australian Absolute Return Bd W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G135" r:id="rId234" tooltip="Click to view Franklin Australian Absolute Return Bd W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F136" r:id="rId235" tooltip="Click to view Franklin Global Growth Fund – W Class Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G136" r:id="rId236" tooltip="Click to view Franklin Global Growth Fund – W Class  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F137" r:id="rId237" tooltip="Click to view Franklin Templeton Global Aggregate Bd W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G137" r:id="rId238" tooltip="Click to view Franklin Templeton Global Aggregate Bd W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F138" r:id="rId239" tooltip="Click to view FSI Cash Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G138" r:id="rId240" tooltip="Click to view FSI Cash Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F139" r:id="rId241" tooltip="Click to view FSI Global Listed Infrastructure Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G139" r:id="rId242" tooltip="Click to view FSI Global Listed Infrastructure  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F140" r:id="rId243" tooltip="Click to view FSI Wholesale Geared Share Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G140" r:id="rId244" tooltip="Click to view FSI Wholesale Geared Share  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F141" r:id="rId245" tooltip="Click to view FSI Wholesale Global Credit Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G141" r:id="rId246" tooltip="Click to view FSI Wholesale Global Credit Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F142" r:id="rId247" tooltip="Click to view FSI Wholesale Global Property Securities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G142" r:id="rId248" tooltip="Click to view FSI Wholesale Global Property Securities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F143" r:id="rId249" tooltip="Click to view FSSA Asian Growth Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G143" r:id="rId250" tooltip="Click to view FSSA Asian Growth Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F144" r:id="rId251" tooltip="Click to view FSSA Global Emerg Markets Focus Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G144" r:id="rId252" tooltip="Click to view FSSA Global Emerg Markets Focus Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F145" r:id="rId253" tooltip="Click to view Global X FANG+ Currency Hedged ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F146" r:id="rId254" tooltip="Click to view Global X FANG+ ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F147" r:id="rId255" tooltip="Click to view Global X S&amp;P/ASX 200 High Dividend ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F148" r:id="rId256" tooltip="Click to view Global X Semiconductor ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F149" r:id="rId257" tooltip="Click to view Global X US Treasury Bond (Ccy Hdg) ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F150" r:id="rId258" tooltip="Click to view GQG Partners Emerging Markets Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G150" r:id="rId259" tooltip="Click to view GQG Partners Emerging Markets Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F151" r:id="rId260" tooltip="Click to view GQG Partners Global Equity Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G151" r:id="rId261" tooltip="Click to view GQG Partners Global Equity Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F152" r:id="rId262" tooltip="Click to view Hyperion Australian Growth Companies Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G152" r:id="rId263" tooltip="Click to view Hyperion Australian Growth Companies  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F153" r:id="rId264" tooltip="Click to view Hyperion Global Gr Coms Active ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F154" r:id="rId265" tooltip="Click to view Hyperion Global Growth Companies B Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G154" r:id="rId266" tooltip="Click to view Hyperion Global Growth Companies B  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F155" r:id="rId267" tooltip="Click to view IFP Global Franchise Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G155" r:id="rId268" tooltip="Click to view IFP Global Franchise  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F156" r:id="rId269" tooltip="Click to view IFP Global Franchise Fund (Hedged) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G156" r:id="rId270" tooltip="Click to view IFP Global Franchise Fund (Hedged)  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F157" r:id="rId271" tooltip="Click to view Intermede Global Equities Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G157" r:id="rId272" tooltip="Click to view Intermede Global Equities Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F158" r:id="rId273" tooltip="Click to view Investors Mutual Equity Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G158" r:id="rId274" tooltip="Click to view Investors Mutual Equity Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F159" r:id="rId275" tooltip="Click to view Investors Mutual WS Aus Smaller Co Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G159" r:id="rId276" tooltip="Click to view Investors Mutual WS Aus Smaller Co  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F160" r:id="rId277" tooltip="Click to view Investors Mutual WS Australian Share Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G160" r:id="rId278" tooltip="Click to view Investors Mutual WS Australian Share  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F161" r:id="rId279" tooltip="Click to view Investors Mutual WS Future Leaders Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G161" r:id="rId280" tooltip="Click to view Investors Mutual WS Future Leaders  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F162" r:id="rId281" tooltip="Click to view Ironbark Paladin Property Securities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G162" r:id="rId282" tooltip="Click to view Ironbark Paladin Property Securities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F163" r:id="rId283" tooltip="Click to view iShares 15+ Year Australian Gov Bd ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F164" r:id="rId284" tooltip="Click to view iShares Asia 50 ETF (AU) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F165" r:id="rId285" tooltip="Click to view iShares Australian Bond Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G165" r:id="rId286" tooltip="Click to view iShares Australian Bond Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F166" r:id="rId287" tooltip="Click to view iShares Australian Equity Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G166" r:id="rId288" tooltip="Click to view iShares Australian Equity Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F167" r:id="rId289" tooltip="Click to view iShares Australian Listed Property Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G167" r:id="rId290" tooltip="Click to view iShares Australian Listed Property Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F168" r:id="rId291" tooltip="Click to view iShares Core Cash ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F169" r:id="rId292" tooltip="Click to view iShares Core Composite Bond ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F170" r:id="rId293" tooltip="Click to view iShares Core Coprorate Bond Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F171" r:id="rId294" tooltip="Click to view iShares Core FTSE Glb Prpty ExAusAUDHETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F172" r:id="rId295" tooltip="Click to view iShares Core FTSE Global Infras AUDH ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F173" r:id="rId296" tooltip="Click to view iShares Core MSCI Australia ESG ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F174" r:id="rId297" tooltip="Click to view iShares Core MSCI World All Cap AUDH ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F175" r:id="rId298" tooltip="Click to view iShares Core MSCI World All Cap ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F176" r:id="rId299" tooltip="Click to view iShares Core S&amp;P/ASX 200 ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F177" r:id="rId300" tooltip="Click to view iShares Enhanced Cash ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F178" r:id="rId301" tooltip="Click to view iShares ESG Australian Bond Index D Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G178" r:id="rId302" tooltip="Click to view iShares ESG Australian Bond Index D  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F179" r:id="rId303" tooltip="Click to view iShares ESG Global Bond Index D Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G179" r:id="rId304" tooltip="Click to view iShares ESG Global Bond Index D  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F180" r:id="rId305" tooltip="Click to view iShares Europe ETF (AU) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F181" r:id="rId306" tooltip="Click to view iShares Global 100 AUD Hedged ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F182" r:id="rId307" tooltip="Click to view iShares Global 100 ETF (AU) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F183" r:id="rId308" tooltip="Click to view iShares Global Aggregate Bd ESG AUDH ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F184" r:id="rId309" tooltip="Click to view iShares Global Bond Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G184" r:id="rId310" tooltip="Click to view iShares Global Bond Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F185" r:id="rId311" tooltip="Click to view iShares Global Bond Index Fund S Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G185" r:id="rId312" tooltip="Click to view iShares Global Bond Index Fund S  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F186" r:id="rId313" tooltip="Click to view iShares Global Healthcare ETF (AU) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F187" r:id="rId314" tooltip="Click to view iShares Global High Yield Bond AUDH ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F188" r:id="rId315" tooltip="Click to view iShares Government Inflation ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F189" r:id="rId316" tooltip="Click to view iShares Hedged International Eq Idx Fd S Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G189" r:id="rId317" tooltip="Click to view iShares Hedged International Eq Idx Fd S  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F190" r:id="rId318" tooltip="Click to view iShares Hedged International Equity Idx Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G190" r:id="rId319" tooltip="Click to view iShares Hedged International Equity Idx  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F191" r:id="rId320" tooltip="Click to view iShares International Equity Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G191" r:id="rId321" tooltip="Click to view iShares International Equity Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F192" r:id="rId322" tooltip="Click to view iShares JP Morgan USD EmMkts Bd AUDH ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F193" r:id="rId323" tooltip="Click to view iShares MSCI EAFE ETF (AU) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F194" r:id="rId324" tooltip="Click to view iShares MSCI Emerging Markets ETF AUD Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F195" r:id="rId325" tooltip="Click to view iShares MSCI Japan ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F196" r:id="rId326" tooltip="Click to view iShares MSCI South Korea ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F197" r:id="rId327" tooltip="Click to view iShares S&amp;P 500 AUD Hedged ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F198" r:id="rId328" tooltip="Click to view iShares S&amp;P 500 ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F199" r:id="rId329" tooltip="Click to view iShares S&amp;P/ASX 20 ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F200" r:id="rId330" tooltip="Click to view iShares S&amp;P/ASX Dividend Opps ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F201" r:id="rId331" tooltip="Click to view iShares S&amp;P/ASX Small Ordinaries ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F202" r:id="rId332" tooltip="Click to view iShares Treasury ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F203" r:id="rId333" tooltip="Click to view iShares Wholesale Australian Eq Idx S Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G203" r:id="rId334" tooltip="Click to view iShares Wholesale Australian Eq Idx S  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F204" r:id="rId335" tooltip="Click to view iShares Yield Plus ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F205" r:id="rId336" tooltip="Click to view Janus Henderson Australian Fxd Intst Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G205" r:id="rId337" tooltip="Click to view Janus Henderson Australian Fxd Intst  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F206" r:id="rId338" tooltip="Click to view Janus Henderson Tactical Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G206" r:id="rId339" tooltip="Click to view Janus Henderson Tactical Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F207" r:id="rId340" tooltip="Click to view Kapstream Absolute Return Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G207" r:id="rId341" tooltip="Click to view Kapstream Absolute Return Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F208" r:id="rId342" tooltip="Click to view Lazard Emerging Markets Equity I Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G208" r:id="rId343" tooltip="Click to view Lazard Emerging Markets Equity I  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F209" r:id="rId344" tooltip="Click to view Lazard Global Equity Franchise Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G209" r:id="rId345" tooltip="Click to view Lazard Global Equity Franchise  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F210" r:id="rId346" tooltip="Click to view Lazard Global Listed Infrastructure Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G210" r:id="rId347" tooltip="Click to view Lazard Global Listed Infrastructure  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F211" r:id="rId348" tooltip="Click to view Lazard Select Australian Equity I Cl Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G211" r:id="rId349" tooltip="Click to view Lazard Select Australian Equity I Cl  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F212" r:id="rId350" tooltip="Click to view Lazard Select Australian Equity I Cl Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G212" r:id="rId351" tooltip="Click to view Lazard Select Australian Equity I Cl  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F213" r:id="rId352" tooltip="Click to view Legg Mason Brandywine Glb Oppc Fxd Inc A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G213" r:id="rId353" tooltip="Click to view Legg Mason Brandywine Glb Oppc Fxd Inc A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F214" r:id="rId354" tooltip="Click to view Legg Mason Brandywine Global Income Optimiser Fund – Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G214" r:id="rId355" tooltip="Click to view Legg Mason Brandywine Global Income Optimiser Fund – Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F215" r:id="rId356" tooltip="Click to view Legg Mason Martin Currie Emerging Markets Fund – Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G215" r:id="rId357" tooltip="Click to view Legg Mason Martin Currie Emerging Markets Fund – Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F216" r:id="rId358" tooltip="Click to view Legg Mason Martin Currie Equity Income Fund – Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G216" r:id="rId359" tooltip="Click to view Legg Mason Martin Currie Equity Income Fund – Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F217" r:id="rId360" tooltip="Click to view Legg Mason Martin Currie Real Income A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G217" r:id="rId361" tooltip="Click to view Legg Mason Martin Currie Real Income A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F218" r:id="rId362" tooltip="Click to view Legg Mason Western Asset Aus Bd A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G218" r:id="rId363" tooltip="Click to view Legg Mason Western Asset Aus Bd A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F219" r:id="rId364" tooltip="Click to view Loftus Peak Global Disruption Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G219" r:id="rId365" tooltip="Click to view Loftus Peak Global Disruption  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F220" r:id="rId366" tooltip="Click to view Loftus Peak Global Disruption Hedged Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G220" r:id="rId367" tooltip="Click to view Loftus Peak Global Disruption Hedged  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F221" r:id="rId368" tooltip="Click to view Loftus Peak Global Disruption Mgd Fd ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F222" r:id="rId369" tooltip="Click to view Loomis Sayles Global share Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G222" r:id="rId370" tooltip="Click to view Loomis Sayles Global share Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F223" r:id="rId371" tooltip="Click to view Macquarie Dynamic Bond Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G223" r:id="rId372" tooltip="Click to view Macquarie Dynamic Bond  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F224" r:id="rId373" tooltip="Click to view Macquarie Income Opportunities Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G224" r:id="rId374" tooltip="Click to view Macquarie Income Opportunities  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F225" r:id="rId375" tooltip="Click to view Macquarie Int Infrastructure Secs Unhdgd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G225" r:id="rId376" tooltip="Click to view Macquarie Int Infrastructure Secs Unhdgd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F226" r:id="rId377" tooltip="Click to view Macquarie International Infra Ses Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G226" r:id="rId378" tooltip="Click to view Macquarie International Infra Ses  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F227" r:id="rId379" tooltip="Click to view Macquarie True Index Aust Fixed Interest Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G227" r:id="rId380" tooltip="Click to view Macquarie True Index Aust Fixed Interest  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F228" r:id="rId381" tooltip="Click to view Magellan Global Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G228" r:id="rId382" tooltip="Click to view Magellan Global  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F229" r:id="rId383" tooltip="Click to view Magellan Global (Hedged) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G229" r:id="rId384" tooltip="Click to view Magellan Global (Hedged)  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F230" r:id="rId385" tooltip="Click to view Magellan Global (Open Class) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F231" r:id="rId386" tooltip="Click to view Magellan Global Equities Currency H ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F232" r:id="rId387" tooltip="Click to view Magellan Infrastructure Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G232" r:id="rId388" tooltip="Click to view Magellan Infrastructure  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F233" r:id="rId389" tooltip="Click to view Magellan Infrastructure (Unhedged) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G233" r:id="rId390" tooltip="Click to view Magellan Infrastructure (Unhedged)  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F234" r:id="rId391" tooltip="Click to view Magellan Infrastructure Ccy Hdg ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F235" r:id="rId392" tooltip="Click to view Merlon Australian Share Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G235" r:id="rId393" tooltip="Click to view Merlon Australian Share Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F236" r:id="rId394" tooltip="Click to view MFG Core Infrastructure Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G236" r:id="rId395" tooltip="Click to view MFG Core Infrastructure Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F237" r:id="rId396" tooltip="Click to view MFS Concentrated Global Equity Trust W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G237" r:id="rId397" tooltip="Click to view MFS Concentrated Global Equity Trust W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F238" r:id="rId398" tooltip="Click to view MFS Fully Hedged Global Equity Trust Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G238" r:id="rId399" tooltip="Click to view MFS Fully Hedged Global Equity Trust  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F239" r:id="rId400" tooltip="Click to view MFS Global Equity Trust Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G239" r:id="rId401" tooltip="Click to view MFS Global Equity Trust  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F240" r:id="rId402" tooltip="Click to view MLC Real Return Assertive A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G240" r:id="rId403" tooltip="Click to view MLC Real Return Assertive A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F241" r:id="rId404" tooltip="Click to view MLC Wholesale Horizon 1 - Bond Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G241" r:id="rId405" tooltip="Click to view MLC Wholesale Horizon 1 - Bond  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F242" r:id="rId406" tooltip="Click to view MLC Wholesale Horizon 2 - Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G242" r:id="rId407" tooltip="Click to view MLC Wholesale Horizon 2 - Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F243" r:id="rId408" tooltip="Click to view MLC Wholesale Horizon 3 - Cons Grwth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G243" r:id="rId409" tooltip="Click to view MLC Wholesale Horizon 3 - Cons Grwth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F244" r:id="rId410" tooltip="Click to view MLC Wholesale Horizon 4 - Balanced Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G244" r:id="rId411" tooltip="Click to view MLC Wholesale Horizon 4 - Balanced  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F245" r:id="rId412" tooltip="Click to view MLC Wholesale Horizon 5 - Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G245" r:id="rId413" tooltip="Click to view MLC Wholesale Horizon 5 - Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F246" r:id="rId414" tooltip="Click to view MLC Wholesale Horizon 6 - Share Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G246" r:id="rId415" tooltip="Click to view MLC Wholesale Horizon 6 - Share  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F247" r:id="rId416" tooltip="Click to view MLC Wholesale Horizon 7 - Acc Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G247" r:id="rId417" tooltip="Click to view MLC Wholesale Horizon 7 - Acc Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F248" r:id="rId418" tooltip="Click to view MLC Wholesale Index Plus Balanced Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G248" r:id="rId419" tooltip="Click to view MLC Wholesale Index Plus Balanced  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F249" r:id="rId420" tooltip="Click to view MLC Wholesale Index Plus Conservative Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G249" r:id="rId421" tooltip="Click to view MLC Wholesale Index Plus Conservative Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F250" r:id="rId422" tooltip="Click to view MLC Wholesale Index Plus Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G250" r:id="rId423" tooltip="Click to view MLC Wholesale Index Plus Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F251" r:id="rId424" tooltip="Click to view MLC Wholesale Infln Pls - Conservative Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G251" r:id="rId425" tooltip="Click to view MLC Wholesale Infln Pls - Conservative  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F252" r:id="rId426" tooltip="Click to view MLC Wholesale Infln Pls - Moderate Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G252" r:id="rId427" tooltip="Click to view MLC Wholesale Infln Pls - Moderate  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F253" r:id="rId428" tooltip="Click to view Morningstar Balanced Real Return Fund A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G253" r:id="rId429" tooltip="Click to view Morningstar Balanced Real Return Fund A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F254" r:id="rId430" tooltip="Click to view Morningstar Growth Real Return Fd - Cl A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G254" r:id="rId431" tooltip="Click to view Morningstar Growth Real Return Fd - Cl A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F255" r:id="rId432" tooltip="Click to view Morningstar High Growth Rl Ret Fd - Cl A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G255" r:id="rId433" tooltip="Click to view Morningstar High Growth Rl Ret Fd - Cl A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F256" r:id="rId434" tooltip="Click to view Morningstar Moderate Real Ret Fd - Cl A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G256" r:id="rId435" tooltip="Click to view Morningstar Moderate Real Ret Fd - Cl A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F257" r:id="rId436" tooltip="Click to view Morningstar Multi Asset Rl Ret Fd - Cl A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G257" r:id="rId437" tooltip="Click to view Morningstar Multi Asset Rl Ret Fd - Cl A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F258" r:id="rId438" tooltip="Click to view Mutual Income Fund A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G258" r:id="rId439" tooltip="Click to view Mutual Income Fund A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F259" r:id="rId440" tooltip="Click to view Nikko AM Australian Bond Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G259" r:id="rId441" tooltip="Click to view Nikko AM Australian Bond  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F260" r:id="rId442" tooltip="Click to view Nikko AM Australian Share W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G260" r:id="rId443" tooltip="Click to view Nikko AM Australian Share W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F261" r:id="rId444" tooltip="Click to view Nikko AM Global Share Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G261" r:id="rId445" tooltip="Click to view Nikko AM Global Share Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F262" r:id="rId446" tooltip="Click to view OC Premium Small Companies Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G262" r:id="rId447" tooltip="Click to view OC Premium Small Companies  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F263" r:id="rId448" tooltip="Click to view Pendal Fixed Interest Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G263" r:id="rId449" tooltip="Click to view Pendal Fixed Interest  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F264" r:id="rId450" tooltip="Click to view Pendal Focus Australian Share Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G264" r:id="rId451" tooltip="Click to view Pendal Focus Australian Share Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F265" r:id="rId452" tooltip="Click to view Pendal Global Emerging Mkts Oppes - WS Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G265" r:id="rId453" tooltip="Click to view Pendal Global Emerging Mkts Oppes - WS  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F266" r:id="rId454" tooltip="Click to view Pendal Horizon Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G266" r:id="rId455" tooltip="Click to view Pendal Horizon Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F267" r:id="rId456" tooltip="Click to view Pendal Property Investment Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G267" r:id="rId457" tooltip="Click to view Pendal Property Investment  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F268" r:id="rId458" tooltip="Click to view Pendal Property Securities Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G268" r:id="rId459" tooltip="Click to view Pendal Property Securities Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F269" r:id="rId460" tooltip="Click to view Pendal Short Term Income Securities Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G269" r:id="rId461" tooltip="Click to view Pendal Short Term Income Securities Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F270" r:id="rId462" tooltip="Click to view Pendal Smaller Companies Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G270" r:id="rId463" tooltip="Click to view Pendal Smaller Companies  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F271" r:id="rId464" tooltip="Click to view Pendal Sustainable Australian Fixed Income Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G271" r:id="rId465" tooltip="Click to view Pendal Sustainable Australian Fixed Income Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F272" r:id="rId466" tooltip="Click to view Pengana Australian Equities Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G272" r:id="rId467" tooltip="Click to view Pengana Australian Equities Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F273" r:id="rId468" tooltip="Click to view Pengana Emerging Companies Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G273" r:id="rId469" tooltip="Click to view Pengana Emerging Companies  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F274" r:id="rId470" tooltip="Click to view Perennial Value Shares Wholesale Trust Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G274" r:id="rId471" tooltip="Click to view Perennial Value Shares Wholesale Trust  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F275" r:id="rId472" tooltip="Click to view Perpetual Wholesale Australian Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G275" r:id="rId473" tooltip="Click to view Perpetual Wholesale Australian  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F276" r:id="rId474" tooltip="Click to view Perpetual Wholesale Balanced Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G276" r:id="rId475" tooltip="Click to view Perpetual Wholesale Balanced Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F277" r:id="rId476" tooltip="Click to view Perpetual Wholesale Concentrated Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G277" r:id="rId477" tooltip="Click to view Perpetual Wholesale Concentrated Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F278" r:id="rId478" tooltip="Click to view Perpetual Wholesale Conservative Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G278" r:id="rId479" tooltip="Click to view Perpetual Wholesale Conservative Growth  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F279" r:id="rId480" tooltip="Click to view Perpetual Wholesale Diversified Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G279" r:id="rId481" tooltip="Click to view Perpetual Wholesale Diversified Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F280" r:id="rId482" tooltip="Click to view Perpetual Wholesale Ethical SRI Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G280" r:id="rId483" tooltip="Click to view Perpetual Wholesale Ethical SRI  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F281" r:id="rId484" tooltip="Click to view Perpetual Wholesale Geared Australian Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G281" r:id="rId485" tooltip="Click to view Perpetual Wholesale Geared Australian  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F282" r:id="rId486" tooltip="Click to view Perpetual Wholesale Industrial Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G282" r:id="rId487" tooltip="Click to view Perpetual Wholesale Industrial  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F283" r:id="rId488" tooltip="Click to view Perth Mint Gold Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F284" r:id="rId489" tooltip="Click to view PIMCO Australian Bond W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G284" r:id="rId490" tooltip="Click to view PIMCO Australian Bond W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F285" r:id="rId491" tooltip="Click to view PIMCO Australian Short-Term Bond W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G285" r:id="rId492" tooltip="Click to view PIMCO Australian Short-Term Bond W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F286" r:id="rId493" tooltip="Click to view PIMCO Diversified Fixed Interest W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G286" r:id="rId494" tooltip="Click to view PIMCO Diversified Fixed Interest W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F287" r:id="rId495" tooltip="Click to view PIMCO ESG Global Bond Fund - Wholesale Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G287" r:id="rId496" tooltip="Click to view PIMCO ESG Global Bond Fund - Wholesale  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F288" r:id="rId497" tooltip="Click to view PIMCO Global Bond W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G288" r:id="rId498" tooltip="Click to view PIMCO Global Bond W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F289" r:id="rId499" tooltip="Click to view PIMCO Global Credit W Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G289" r:id="rId500" tooltip="Click to view PIMCO Global Credit W  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F290" r:id="rId501" tooltip="Click to view PIMCO TRENDS Managed Futures Stgy Wholsl Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G290" r:id="rId502" tooltip="Click to view PIMCO TRENDS Managed Futures Stgy Wholsl  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F291" r:id="rId503" tooltip="Click to view Platinum Asia Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G291" r:id="rId504" tooltip="Click to view Platinum Asia  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F292" r:id="rId505" tooltip="Click to view Platinum Asia ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F293" r:id="rId506" tooltip="Click to view Platinum European Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G293" r:id="rId507" tooltip="Click to view Platinum European Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F294" r:id="rId508" tooltip="Click to view Platinum Helathcare Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G294" r:id="rId509" tooltip="Click to view Platinum Helathcare  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F295" r:id="rId510" tooltip="Click to view Platinum International Brands Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G295" r:id="rId511" tooltip="Click to view Platinum International Brands Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F296" r:id="rId512" tooltip="Click to view Platinum International ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F297" r:id="rId513" tooltip="Click to view Platinum International Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G297" r:id="rId514" tooltip="Click to view Platinum International Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F298" r:id="rId515" tooltip="Click to view Platinum Japan Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G298" r:id="rId516" tooltip="Click to view Platinum Japan  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F299" r:id="rId517" tooltip="Click to view Plato Australian Shares Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G299" r:id="rId518" tooltip="Click to view Plato Australian Shares Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F300" r:id="rId519" tooltip="Click to view PM Capital Global Companies Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G300" r:id="rId520" tooltip="Click to view PM Capital Global Companies  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F301" r:id="rId521" tooltip="Click to view Premium Asia Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G301" r:id="rId522" tooltip="Click to view Premium Asia Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F302" r:id="rId523" tooltip="Click to view Pzena Emerging Markets Value P Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G302" r:id="rId524" tooltip="Click to view Pzena Emerging Markets Value P  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F303" r:id="rId525" tooltip="Click to view Pzena Emerging Markets Value Wholesale Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G303" r:id="rId526" tooltip="Click to view Pzena Emerging Markets Value Wholesale  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F304" r:id="rId527" tooltip="Click to view Quay Global Real Estate Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G304" r:id="rId528" tooltip="Click to view Quay Global Real Estate Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F305" r:id="rId529" tooltip="Click to view RARE Infrastructure Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G305" r:id="rId530" tooltip="Click to view RARE Infrastructure Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F306" r:id="rId531" tooltip="Click to view RARE Infrastructure Value Hedged Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G306" r:id="rId532" tooltip="Click to view RARE Infrastructure Value Hedged  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F307" r:id="rId533" tooltip="Click to view RARE Infrastructure Value Unhedged Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G307" r:id="rId534" tooltip="Click to view RARE Infrastructure Value Unhedged  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F308" r:id="rId535" tooltip="Click to view Resolution Capital Glbl Ppty Secs UH SII Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G308" r:id="rId536" tooltip="Click to view Resolution Capital Glbl Ppty Secs UH SII  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F309" r:id="rId537" tooltip="Click to view Resolution Capital Global Property Secs Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G309" r:id="rId538" tooltip="Click to view Resolution Capital Global Property Secs  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F310" r:id="rId539" tooltip="Click to view Robeco Emerging Conservative Equity AUD Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G310" r:id="rId540" tooltip="Click to view Robeco Emerging Conservative Equity AUD  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F311" r:id="rId541" tooltip="Click to view RQI Australian Value - Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G311" r:id="rId542" tooltip="Click to view RQI Australian Value - Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F312" r:id="rId543" tooltip="Click to view RQI Global Value-Class A Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G312" r:id="rId544" tooltip="Click to view RQI Global Value-Class A  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F313" r:id="rId545" tooltip="Click to view Russell Inv High Dividend Aus Shrs ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F314" r:id="rId546" tooltip="Click to view Schroder Absolute Return Income Fund -WC Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G314" r:id="rId547" tooltip="Click to view Schroder Absolute Return Income Fund -WC  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F315" r:id="rId548" tooltip="Click to view Schroder Fixed Income Fund - Wholesale Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G315" r:id="rId549" tooltip="Click to view Schroder Fixed Income Fund - Wholesale  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F316" r:id="rId550" tooltip="Click to view Schroder Global Value Fund - WC Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G316" r:id="rId551" tooltip="Click to view Schroder Global Value Fund - WC  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F317" r:id="rId552" tooltip="Click to view Schroder Real Return CPI Plus 5% Fnd -WC Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G317" r:id="rId553" tooltip="Click to view Schroder Real Return CPI Plus 5% Fnd -WC  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F318" r:id="rId554" tooltip="Click to view Schroder Real Return ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F319" r:id="rId555" tooltip="Click to view Schroder Strategic Growth - WC Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G319" r:id="rId556" tooltip="Click to view Schroder Strategic Growth - WC  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F320" r:id="rId557" tooltip="Click to view Schroder WS Australian Equity Fund - WC Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G320" r:id="rId558" tooltip="Click to view Schroder WS Australian Equity Fund - WC  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F321" r:id="rId559" tooltip="Click to view SGH Property Income Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G321" r:id="rId560" tooltip="Click to view SGH Property Income  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F322" r:id="rId561" tooltip="Click to view SPDR® S&amp;P Global Dividend ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F323" r:id="rId562" tooltip="Click to view SPDR® S&amp;P/ASX 50 ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F324" r:id="rId563" tooltip="Click to view State Street Australian Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G324" r:id="rId564" tooltip="Click to view State Street Australian Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F325" r:id="rId565" tooltip="Click to view Stewart Investors Worldwide Sustainability Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G325" r:id="rId566" tooltip="Click to view Stewart Investors Worldwide Sustainability  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F326" r:id="rId567" tooltip="Click to view T. Rowe Price Global Equity (Hedged) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G326" r:id="rId568" tooltip="Click to view T. Rowe Price Global Equity (Hedged)  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F327" r:id="rId569" tooltip="Click to view T. Rowe Price Global Equity I Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G327" r:id="rId570" tooltip="Click to view T. Rowe Price Global Equity I  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F328" r:id="rId571" tooltip="Click to view T. Rowe Price Global Impact Equity I Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G328" r:id="rId572" tooltip="Click to view T. Rowe Price Global Impact Equity I  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F329" r:id="rId573" tooltip="Click to view T.Rowe Price Dynamic Global Bd Fd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G329" r:id="rId574" tooltip="Click to view T.Rowe Price Dynamic Global Bd Fd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F330" r:id="rId575" tooltip="Click to view Talaria Global Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G330" r:id="rId576" tooltip="Click to view Talaria Global Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F331" r:id="rId577" tooltip="Click to view Torica Absolute Return Income Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G331" r:id="rId578" tooltip="Click to view Torica Absolute Return Income Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F332" r:id="rId579" tooltip="Click to view UBS Australian Bond Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G332" r:id="rId580" tooltip="Click to view UBS Australian Bond Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F333" r:id="rId581" tooltip="Click to view UBS Australian Small Companies Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G333" r:id="rId582" tooltip="Click to view UBS Australian Small Companies Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F334" r:id="rId583" tooltip="Click to view UBS Cash Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G334" r:id="rId584" tooltip="Click to view UBS Cash Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F335" r:id="rId585" tooltip="Click to view UBS Clarion Global Infrastructure Securities Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G335" r:id="rId586" tooltip="Click to view UBS Clarion Global Infrastructure Securities Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F336" r:id="rId587" tooltip="Click to view UBS Clarion Global Property SecuritiesFd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G336" r:id="rId588" tooltip="Click to view UBS Clarion Global Property SecuritiesFd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F337" r:id="rId589" tooltip="Click to view UBS Defensive Investment Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G337" r:id="rId590" tooltip="Click to view UBS Defensive Investment Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F338" r:id="rId591" tooltip="Click to view UBS Diversified Fixed Income Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G338" r:id="rId592" tooltip="Click to view UBS Diversified Fixed Income Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F339" r:id="rId593" tooltip="Click to view UBS Emerging Markets Equity Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G339" r:id="rId594" tooltip="Click to view UBS Emerging Markets Equity Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F340" r:id="rId595" tooltip="Click to view UBS Income Solution Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G340" r:id="rId596" tooltip="Click to view UBS Income Solution Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F341" r:id="rId597" tooltip="Click to view UBS Microcap Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G341" r:id="rId598" tooltip="Click to view UBS Microcap Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F342" r:id="rId599" tooltip="Click to view VanEck Australian Banks ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F343" r:id="rId600" tooltip="Click to view VanEck Australian Corp Bd+ ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F344" r:id="rId601" tooltip="Click to view VanEck Australian Fltng Rt ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F345" r:id="rId602" tooltip="Click to view VanEck Australian Sbdntd Dbt ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F346" r:id="rId603" tooltip="Click to view VanEck China New Economy ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F347" r:id="rId604" tooltip="Click to view VanEck FTSE Intl Prop (AUD Hdg) ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F348" r:id="rId605" tooltip="Click to view VanEck Global Hlthcr Ldrs ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F349" r:id="rId606" tooltip="Click to view VanEck Gold Miners ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F350" r:id="rId607" tooltip="Click to view VanEck MSCI Intl Sm Com Qual ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F351" r:id="rId608" tooltip="Click to view VanEck MSCI Mltfac EmMkts Eq ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F352" r:id="rId609" tooltip="Click to view VanEck S&amp;P/ASX MidCap ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F353" r:id="rId610" tooltip="Click to view VanEck Vectors Australian Equal Wt ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F354" r:id="rId611" tooltip="Click to view VanEck Vectors Australian Property ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F355" r:id="rId612" tooltip="Click to view VanEck Vectors FTSE Glbl Infras(Hdg)ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F356" r:id="rId613" tooltip="Click to view VanEck Vectors MSCI AUS Sust Eq ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F357" r:id="rId614" tooltip="Click to view VanEck Vectors MSCI Intl Sust Eq ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F358" r:id="rId615" tooltip="Click to view VanEck Vectors MSCI Wld ex Aus Qlty ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F359" r:id="rId616" tooltip="Click to view VanEck Vectors MSCI Wld ex AUS Qul H ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F360" r:id="rId617" tooltip="Click to view Vanguard All-World ex-US Shares ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F361" r:id="rId618" tooltip="Click to view Vanguard Aust Corporate Fixed Interest Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G361" r:id="rId619" tooltip="Click to view Vanguard Aust Corporate Fixed Interest  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F362" r:id="rId620" tooltip="Click to view Vanguard Australian Corp Fxd Intr ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F363" r:id="rId621" tooltip="Click to view Vanguard Australian Fixed Interest ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F364" r:id="rId622" tooltip="Click to view Vanguard Australian Fixed Interest Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G364" r:id="rId623" tooltip="Click to view Vanguard Australian Fixed Interest Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F365" r:id="rId624" tooltip="Click to view Vanguard Australian Government Bond ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F366" r:id="rId625" tooltip="Click to view Vanguard Australian Property Secs ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F367" r:id="rId626" tooltip="Click to view Vanguard Australian Shares ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F368" r:id="rId627" tooltip="Click to view Vanguard Australian Shares High Yield Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G368" r:id="rId628" tooltip="Click to view Vanguard Australian Shares High Yield  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F369" r:id="rId629" tooltip="Click to view Vanguard Australian Shares High Yld ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F370" r:id="rId630" tooltip="Click to view Vanguard Australian Shares Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G370" r:id="rId631" tooltip="Click to view Vanguard Australian Shares Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F371" r:id="rId632" tooltip="Click to view Vanguard Balanced Index Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G371" r:id="rId633" tooltip="Click to view Vanguard Balanced Index Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F372" r:id="rId634" tooltip="Click to view Vanguard Conservative Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G372" r:id="rId635" tooltip="Click to view Vanguard Conservative Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F373" r:id="rId636" tooltip="Click to view Vanguard Diversified Balanced ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F374" r:id="rId637" tooltip="Click to view Vanguard Diversified Bond Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G374" r:id="rId638" tooltip="Click to view Vanguard Diversified Bond Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F375" r:id="rId639" tooltip="Click to view Vanguard Diversified Conservative ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F376" r:id="rId640" tooltip="Click to view Vanguard Diversified Growth ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F377" r:id="rId641" tooltip="Click to view Vanguard Diversified High Growth ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F378" r:id="rId642" tooltip="Click to view Vanguard Emerging Markets Shares Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G378" r:id="rId643" tooltip="Click to view Vanguard Emerging Markets Shares Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F379" r:id="rId644" tooltip="Click to view Vanguard Etclly Cons Gbl Aggt Bd H ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F380" r:id="rId645" tooltip="Click to view Vanguard Etclly Cons Intl Shrs ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F381" r:id="rId646" tooltip="Click to view Vanguard Ethically Cons Intl Shrs Idx Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G381" r:id="rId647" tooltip="Click to view Vanguard Ethically Cons Intl Shrs Idx  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F382" r:id="rId648" tooltip="Click to view Vanguard FTSE Emerging Markets Shrs ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F383" r:id="rId649" tooltip="Click to view Vanguard FTSE Europe Shares ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F384" r:id="rId650" tooltip="Click to view Vanguard Global Agg Bd Indx Fd (Hdg) Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G384" r:id="rId651" tooltip="Click to view Vanguard Global Agg Bd Indx Fd (Hdg)  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F385" r:id="rId652" tooltip="Click to view Vanguard Global Aggregate Bd Hdg ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F386" r:id="rId653" tooltip="Click to view Vanguard Global Infrastructure ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F387" r:id="rId654" tooltip="Click to view Vanguard Global Infrastructure Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G387" r:id="rId655" tooltip="Click to view Vanguard Global Infrastructure Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F388" r:id="rId656" tooltip="Click to view Vanguard Global Infrastructure Index Hgd Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G388" r:id="rId657" tooltip="Click to view Vanguard Global Infrastructure Index Hgd  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F389" r:id="rId658" tooltip="Click to view Vanguard Global Value Equity Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F390" r:id="rId659" tooltip="Click to view Vanguard Growth Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G390" r:id="rId660" tooltip="Click to view Vanguard Growth Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F391" r:id="rId661" tooltip="Click to view Vanguard High Growth Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G391" r:id="rId662" tooltip="Click to view Vanguard High Growth Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F392" r:id="rId663" tooltip="Click to view Vanguard Index Australian Property Secs Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G392" r:id="rId664" tooltip="Click to view Vanguard Index Australian Property Secs  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F393" r:id="rId665" tooltip="Click to view Vanguard Index Hedged International Shrs Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G393" r:id="rId666" tooltip="Click to view Vanguard Index Hedged International Shrs  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F394" r:id="rId667" tooltip="Click to view Vanguard International Crdt Secs Idx Hdg Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G394" r:id="rId668" tooltip="Click to view Vanguard International Crdt Secs Idx Hdg  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F395" r:id="rId669" tooltip="Click to view Vanguard International Fxd Intr Idx Hdg Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G395" r:id="rId670" tooltip="Click to view Vanguard International Fxd Intr Idx Hdg  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F396" r:id="rId671" tooltip="Click to view Vanguard International Property Secs Idx Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G396" r:id="rId672" tooltip="Click to view Vanguard International Property Secs Idx  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F397" r:id="rId673" tooltip="Click to view Vanguard International Prpty Secs IdxHdg Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G397" r:id="rId674" tooltip="Click to view Vanguard International Prpty Secs IdxHdg  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F398" r:id="rId675" tooltip="Click to view Vanguard International Shares Index Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G398" r:id="rId676" tooltip="Click to view Vanguard International Shares Index  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F399" r:id="rId677" tooltip="Click to view Vanguard Intl Credit Secs (Hdg) ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F400" r:id="rId678" tooltip="Click to view Vanguard Intl Fxd Intr (Hdg) ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F401" r:id="rId679" tooltip="Click to view Vanguard MSCI Australian Small Coms ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F402" r:id="rId680" tooltip="Click to view Vanguard MSCI Intl (Hdg) ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F403" r:id="rId681" tooltip="Click to view Vanguard MSCI Intl ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F404" r:id="rId682" tooltip="Click to view Vanguard US Total Market Shares ETF Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="F405" r:id="rId683" tooltip="Click to view Walter Scott Global Equity Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G405" r:id="rId684" tooltip="Click to view Walter Scott Global Equity  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F406" r:id="rId685" tooltip="Click to view Walter Scott Global Equity Hedged Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G406" r:id="rId686" tooltip="Click to view Walter Scott Global Equity Hedged  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F407" r:id="rId687" tooltip="Click to view Winton Global Alpha Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G407" r:id="rId688" tooltip="Click to view Winton Global Alpha  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F408" r:id="rId689" tooltip="Click to view Yarra Australian Equities Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G408" r:id="rId690" tooltip="Click to view Yarra Australian Equities Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F409" r:id="rId691" tooltip="Click to view Yarra Capital - Enhanced Yield fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G409" r:id="rId692" tooltip="Click to view Yarra Capital - Enhanced Yield fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F410" r:id="rId693" tooltip="Click to view Yarra Ex-20 Australian Equities Fund Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G410" r:id="rId694" tooltip="Click to view Yarra Ex-20 Australian Equities Fund  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F411" r:id="rId695" tooltip="Click to view Zurich Investments Aus Property Secs Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G411" r:id="rId696" tooltip="Click to view Zurich Investments Aus Property Secs  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F412" r:id="rId697" tooltip="Click to view Zurich Investments Concentrated Glbl Gr Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G412" r:id="rId698" tooltip="Click to view Zurich Investments Concentrated Glbl Gr  Target Market Determination" display="TMD"/>
+    <hyperlink ref="F413" r:id="rId699" tooltip="Click to view Zurich Investments Global Growth Product Disclosure Statement" display="PDS"/>
+    <hyperlink ref="G413" r:id="rId700" tooltip="Click to view Zurich Investments Global Growth  Target Market Determination" display="TMD"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Core</vt:lpstr>
       <vt:lpstr>Select</vt:lpstr>
     </vt:vector>